--- v0 (2025-11-10)
+++ v1 (2026-02-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6e478e2393344d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4e03c39504a42c8894c3c9419dd3af4.psmdcp" Id="Ra53e49c150e246a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6859a6853f4f459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/796917d08ce9425087ad2ce2c7c50967.psmdcp" Id="R4014ee8321b84785" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPA15</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Current, Capital and Financial Account Balances BPM6</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/8/2025 11:00:00 AM</x:t>
+    <x:t>08/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPA15/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAA</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Lucia Perez Alfaro</x:t>
   </x:si>
@@ -496,443 +496,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03142V03794" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sub Head" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H325" totalsRowShown="0">
   <x:autoFilter ref="A1:H325"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03142V03794"/>
     <x:tableColumn id="6" name="Sub Head"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1201,51 +936,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPA15/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1432,51 +1167,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -9914,51 +9649,51 @@
       <x:c r="E325" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H325" s="0">
         <x:v>-31681</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9975,51 +9710,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BPA15"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Current, Capital and Financial Account Balances BPM6"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="27">
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
@@ -10419,27 +10154,3268 @@
         <x:n v="-4588"/>
         <x:n v="29590"/>
         <x:n v="1399"/>
         <x:n v="13667"/>
         <x:n v="98575"/>
         <x:n v="-82215"/>
         <x:n v="90971"/>
         <x:n v="-2581"/>
         <x:n v="175553"/>
         <x:n v="18589"/>
         <x:n v="-139686"/>
         <x:n v="-125756"/>
         <x:n v="-4659"/>
         <x:n v="93286"/>
         <x:n v="4896"/>
         <x:n v="62130"/>
         <x:n v="62979"/>
         <x:n v="-31681"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="17510"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-8426"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-9776"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-16883"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-1135"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-2602"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-4422"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="8466"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-7459"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="22170"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-9723"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-13398"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-21944"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-11359"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="14342"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="28312"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-13312"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-15327"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-27645"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-8420"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-10269"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-22957"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="5358"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="9037"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="31464"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-12412"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-17762"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-31249"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1075"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-819"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-6241"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="25158"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-19183"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="36982"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-13619"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-21910"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-36645"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1116"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-1233"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-2158"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-19444"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="37979"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-19425"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="32954"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-10903"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-20035"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-32241"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1303"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-972"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-15270"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="39977"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-22751"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-153"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="34588"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-12141"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-21345"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-34741"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1255"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-4539"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-4741"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="23095"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-14287"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-12170"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-6026"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="32184"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-13655"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-22786"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-38210"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1769"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-1147"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="4539"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="37660"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-52698"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="15364"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-9905"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="27194"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-12313"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-22723"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-37099"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-2063"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-9016"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="15841"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-8135"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-16635"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-12826"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="28698"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-12384"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-26630"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-41524"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-2510"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-14413"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-1702"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-1621"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="7283"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-20086"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-11716"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="32622"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-16468"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-25141"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-44339"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-2729"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-16817"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-5220"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="23288"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="45749"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-85932"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-7904"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="38752"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-15823"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-27885"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-46656"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-2948"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-3517"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="4373"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-245"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-22626"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="19433"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2012"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="41288"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-13421"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-27178"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-43300"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-2701"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-11404"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-9484"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-16318"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-85965"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="90883"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2810"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="41257"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-9096"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-32312"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-44067"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-2660"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-14849"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-12272"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-18698"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-26908"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="31086"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-5934"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="36896"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-6282"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-33939"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-42830"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-2609"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-10324"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-4476"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-20497"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-767"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="10952"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="4387"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-936"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="34505"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-28806"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-30118"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-2931"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="4290"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-18306"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="49796"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-27206"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-6769"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="40731"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2588"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-31251"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-36590"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-2751"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-6999"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-4368"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-10097"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-27787"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="30749"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="16712"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-1303"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="113394"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-32602"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-60740"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-96680"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-3338"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="12400"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-3009"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-42674"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-84004"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="138586"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-3434"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-4331"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="106165"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-54708"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-51076"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-109597"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-3813"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-5566"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="14203"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="34625"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-55849"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-25855"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="108245"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-35197"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-66414"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-104717"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-3106"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-22555"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-228"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-62273"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-34500"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="73821"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="14370"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-52019"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="108594"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-9783"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-80785"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-94224"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-3656"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-37855"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-206"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="9021"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="39890"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-87533"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-75369"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-35310"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="117265"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-99818"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-89335"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-192633"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-3480"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-106938"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-115723"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="12635"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-4272"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-27024"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-11877"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="142445"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-62879"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-102758"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-169469"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-3832"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-42574"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-3673"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-105144"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-8358"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="69643"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="54648"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="168416"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="18868"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-128200"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-113768"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-4436"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="52657"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-3493"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="41507"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-10478"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="16649"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="45643"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-927"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="205133"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="9697"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-164483"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-159490"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-4704"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="44364"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-352"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="24965"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-138795"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="157710"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="36916"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-8725"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="156687"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="59690"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-133701"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-78599"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-4588"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="29590"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="13667"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="98575"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-82215"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="90971"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-2581"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="175553"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="18589"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-139686"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-125756"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-4659"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="93286"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="62130"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="62979"/>
+  </r>
+  <r>
+    <s v="BPA15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-31681"/>
+  </r>
+</pivotCacheRecords>
 </file>