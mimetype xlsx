--- v1 (2026-02-07)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6859a6853f4f459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/796917d08ce9425087ad2ce2c7c50967.psmdcp" Id="R4014ee8321b84785" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6b224993abe4766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/344e5610fcf24c5482e893773f198502.psmdcp" Id="Re72128dde2ad4303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>