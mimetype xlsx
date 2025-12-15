--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc5433f91a945bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/501e2057929649b5a5992873cf7ea7ff.psmdcp" Id="R8e2654db6b4243d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b2cbe9685fe42f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27426f7759414af6b2acb1d46e8a7094.psmdcp" Id="Rba382318f49f4bc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BGM01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Sales of Home Produced Cement (January 1971-December 1988)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/15/2020 11:00:00 AM</x:t>
+    <x:t>15/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>See background notes (https://www.cso.ie/surveysandmethodologies/discontinued_surveys_construction.htm)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BGM01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CSI</x:t>
   </x:si>
   <x:si>
     <x:t>Cement Sales and Imports 1977 to 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -1645,1867 +1645,534 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1815 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="216">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="216">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H217" totalsRowShown="0">
   <x:autoFilter ref="A1:H217"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02196V02652"/>
     <x:tableColumn id="4" name="State"/>
     <x:tableColumn id="5" name="TLIST(M1)"/>
     <x:tableColumn id="6" name="Month"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3774,51 +2441,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BGM01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -4007,51 +2674,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H217"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="58.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="7.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="10.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -9681,51 +8348,51 @@
       <x:c r="E217" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H217" s="0">
         <x:v>78.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9742,51 +8409,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H217" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BGM01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
       <x:sharedItems count="216">
         <x:s v="197101"/>
@@ -10416,27 +9083,2188 @@
         <x:n v="61.8"/>
         <x:n v="75.8"/>
         <x:n v="80.9"/>
         <x:n v="91"/>
         <x:n v="108.7"/>
         <x:n v="120.6"/>
         <x:n v="111.8"/>
         <x:n v="100.8"/>
         <x:n v="60.1"/>
         <x:n v="63"/>
         <x:n v="82.9"/>
         <x:n v="96.5"/>
         <x:n v="117.3"/>
         <x:n v="115.5"/>
         <x:n v="119.8"/>
         <x:n v="108"/>
         <x:n v="114"/>
         <x:n v="78.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197101"/>
+    <s v="1971M01"/>
+    <s v="000 Tonnes"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197102"/>
+    <s v="1971M02"/>
+    <s v="000 Tonnes"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197103"/>
+    <s v="1971M03"/>
+    <s v="000 Tonnes"/>
+    <n v="117.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197104"/>
+    <s v="1971M04"/>
+    <s v="000 Tonnes"/>
+    <n v="120.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197105"/>
+    <s v="1971M05"/>
+    <s v="000 Tonnes"/>
+    <n v="138.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197106"/>
+    <s v="1971M06"/>
+    <s v="000 Tonnes"/>
+    <n v="140.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197107"/>
+    <s v="1971M07"/>
+    <s v="000 Tonnes"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197108"/>
+    <s v="1971M08"/>
+    <s v="000 Tonnes"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197109"/>
+    <s v="1971M09"/>
+    <s v="000 Tonnes"/>
+    <n v="127.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197110"/>
+    <s v="1971M10"/>
+    <s v="000 Tonnes"/>
+    <n v="127.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197111"/>
+    <s v="1971M11"/>
+    <s v="000 Tonnes"/>
+    <n v="126.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197112"/>
+    <s v="1971M12"/>
+    <s v="000 Tonnes"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197201"/>
+    <s v="1972M01"/>
+    <s v="000 Tonnes"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197202"/>
+    <s v="1972M02"/>
+    <s v="000 Tonnes"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197203"/>
+    <s v="1972M03"/>
+    <s v="000 Tonnes"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197204"/>
+    <s v="1972M04"/>
+    <s v="000 Tonnes"/>
+    <n v="95.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197205"/>
+    <s v="1972M05"/>
+    <s v="000 Tonnes"/>
+    <n v="142.2"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197206"/>
+    <s v="1972M06"/>
+    <s v="000 Tonnes"/>
+    <n v="142.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197207"/>
+    <s v="1972M07"/>
+    <s v="000 Tonnes"/>
+    <n v="134.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197208"/>
+    <s v="1972M08"/>
+    <s v="000 Tonnes"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197209"/>
+    <s v="1972M09"/>
+    <s v="000 Tonnes"/>
+    <n v="137.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197210"/>
+    <s v="1972M10"/>
+    <s v="000 Tonnes"/>
+    <n v="152.2"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197211"/>
+    <s v="1972M11"/>
+    <s v="000 Tonnes"/>
+    <n v="139.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197212"/>
+    <s v="1972M12"/>
+    <s v="000 Tonnes"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197301"/>
+    <s v="1973M01"/>
+    <s v="000 Tonnes"/>
+    <n v="117.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197302"/>
+    <s v="1973M02"/>
+    <s v="000 Tonnes"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197303"/>
+    <s v="1973M03"/>
+    <s v="000 Tonnes"/>
+    <n v="133.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197304"/>
+    <s v="1973M04"/>
+    <s v="000 Tonnes"/>
+    <n v="128.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197305"/>
+    <s v="1973M05"/>
+    <s v="000 Tonnes"/>
+    <n v="168.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197306"/>
+    <s v="1973M06"/>
+    <s v="000 Tonnes"/>
+    <n v="158.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197307"/>
+    <s v="1973M07"/>
+    <s v="000 Tonnes"/>
+    <n v="158.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197308"/>
+    <s v="1973M08"/>
+    <s v="000 Tonnes"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197309"/>
+    <s v="1973M09"/>
+    <s v="000 Tonnes"/>
+    <n v="131.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197310"/>
+    <s v="1973M10"/>
+    <s v="000 Tonnes"/>
+    <n v="151.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197311"/>
+    <s v="1973M11"/>
+    <s v="000 Tonnes"/>
+    <n v="143.2"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197312"/>
+    <s v="1973M12"/>
+    <s v="000 Tonnes"/>
+    <n v="88.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197401"/>
+    <s v="1974M01"/>
+    <s v="000 Tonnes"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197402"/>
+    <s v="1974M02"/>
+    <s v="000 Tonnes"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197403"/>
+    <s v="1974M03"/>
+    <s v="000 Tonnes"/>
+    <n v="131.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197404"/>
+    <s v="1974M04"/>
+    <s v="000 Tonnes"/>
+    <n v="136.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197405"/>
+    <s v="1974M05"/>
+    <s v="000 Tonnes"/>
+    <n v="160.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197406"/>
+    <s v="1974M06"/>
+    <s v="000 Tonnes"/>
+    <n v="156.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197407"/>
+    <s v="1974M07"/>
+    <s v="000 Tonnes"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197408"/>
+    <s v="1974M08"/>
+    <s v="000 Tonnes"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197409"/>
+    <s v="1974M09"/>
+    <s v="000 Tonnes"/>
+    <n v="125.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197410"/>
+    <s v="1974M10"/>
+    <s v="000 Tonnes"/>
+    <n v="144.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197411"/>
+    <s v="1974M11"/>
+    <s v="000 Tonnes"/>
+    <n v="129.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197412"/>
+    <s v="1974M12"/>
+    <s v="000 Tonnes"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197501"/>
+    <s v="1975M01"/>
+    <s v="000 Tonnes"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197502"/>
+    <s v="1975M02"/>
+    <s v="000 Tonnes"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197503"/>
+    <s v="1975M03"/>
+    <s v="000 Tonnes"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197504"/>
+    <s v="1975M04"/>
+    <s v="000 Tonnes"/>
+    <n v="124.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197505"/>
+    <s v="1975M05"/>
+    <s v="000 Tonnes"/>
+    <n v="124.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197506"/>
+    <s v="1975M06"/>
+    <s v="000 Tonnes"/>
+    <n v="136.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197507"/>
+    <s v="1975M07"/>
+    <s v="000 Tonnes"/>
+    <n v="138.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197508"/>
+    <s v="1975M08"/>
+    <s v="000 Tonnes"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197509"/>
+    <s v="1975M09"/>
+    <s v="000 Tonnes"/>
+    <n v="136.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197510"/>
+    <s v="1975M10"/>
+    <s v="000 Tonnes"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197511"/>
+    <s v="1975M11"/>
+    <s v="000 Tonnes"/>
+    <n v="133.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197512"/>
+    <s v="1975M12"/>
+    <s v="000 Tonnes"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197601"/>
+    <s v="1976M01"/>
+    <s v="000 Tonnes"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197602"/>
+    <s v="1976M02"/>
+    <s v="000 Tonnes"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197603"/>
+    <s v="1976M03"/>
+    <s v="000 Tonnes"/>
+    <n v="115.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197604"/>
+    <s v="1976M04"/>
+    <s v="000 Tonnes"/>
+    <n v="119.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197605"/>
+    <s v="1976M05"/>
+    <s v="000 Tonnes"/>
+    <n v="143.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197606"/>
+    <s v="1976M06"/>
+    <s v="000 Tonnes"/>
+    <n v="143.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197607"/>
+    <s v="1976M07"/>
+    <s v="000 Tonnes"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197608"/>
+    <s v="1976M08"/>
+    <s v="000 Tonnes"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197609"/>
+    <s v="1976M09"/>
+    <s v="000 Tonnes"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197610"/>
+    <s v="1976M10"/>
+    <s v="000 Tonnes"/>
+    <n v="138.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197611"/>
+    <s v="1976M11"/>
+    <s v="000 Tonnes"/>
+    <n v="141.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197612"/>
+    <s v="1976M12"/>
+    <s v="000 Tonnes"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197701"/>
+    <s v="1977M01"/>
+    <s v="000 Tonnes"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197702"/>
+    <s v="1977M02"/>
+    <s v="000 Tonnes"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197703"/>
+    <s v="1977M03"/>
+    <s v="000 Tonnes"/>
+    <n v="114.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197704"/>
+    <s v="1977M04"/>
+    <s v="000 Tonnes"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197705"/>
+    <s v="1977M05"/>
+    <s v="000 Tonnes"/>
+    <n v="149.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197706"/>
+    <s v="1977M06"/>
+    <s v="000 Tonnes"/>
+    <n v="155.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197707"/>
+    <s v="1977M07"/>
+    <s v="000 Tonnes"/>
+    <n v="137.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197708"/>
+    <s v="1977M08"/>
+    <s v="000 Tonnes"/>
+    <n v="131.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197709"/>
+    <s v="1977M09"/>
+    <s v="000 Tonnes"/>
+    <n v="162.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197710"/>
+    <s v="1977M10"/>
+    <s v="000 Tonnes"/>
+    <n v="148.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197711"/>
+    <s v="1977M11"/>
+    <s v="000 Tonnes"/>
+    <n v="135.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197712"/>
+    <s v="1977M12"/>
+    <s v="000 Tonnes"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197801"/>
+    <s v="1978M01"/>
+    <s v="000 Tonnes"/>
+    <n v="121.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197802"/>
+    <s v="1978M02"/>
+    <s v="000 Tonnes"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197803"/>
+    <s v="1978M03"/>
+    <s v="000 Tonnes"/>
+    <n v="119.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197804"/>
+    <s v="1978M04"/>
+    <s v="000 Tonnes"/>
+    <n v="143.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197805"/>
+    <s v="1978M05"/>
+    <s v="000 Tonnes"/>
+    <n v="179.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197806"/>
+    <s v="1978M06"/>
+    <s v="000 Tonnes"/>
+    <n v="180.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197807"/>
+    <s v="1978M07"/>
+    <s v="000 Tonnes"/>
+    <n v="170.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197808"/>
+    <s v="1978M08"/>
+    <s v="000 Tonnes"/>
+    <n v="135.2"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197809"/>
+    <s v="1978M09"/>
+    <s v="000 Tonnes"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197810"/>
+    <s v="1978M10"/>
+    <s v="000 Tonnes"/>
+    <n v="145.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197811"/>
+    <s v="1978M11"/>
+    <s v="000 Tonnes"/>
+    <n v="149.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197812"/>
+    <s v="1978M12"/>
+    <s v="000 Tonnes"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197901"/>
+    <s v="1979M01"/>
+    <s v="000 Tonnes"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197902"/>
+    <s v="1979M02"/>
+    <s v="000 Tonnes"/>
+    <n v="120.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197903"/>
+    <s v="1979M03"/>
+    <s v="000 Tonnes"/>
+    <n v="154.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197904"/>
+    <s v="1979M04"/>
+    <s v="000 Tonnes"/>
+    <n v="164.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197905"/>
+    <s v="1979M05"/>
+    <s v="000 Tonnes"/>
+    <n v="202.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197906"/>
+    <s v="1979M06"/>
+    <s v="000 Tonnes"/>
+    <n v="201.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197907"/>
+    <s v="1979M07"/>
+    <s v="000 Tonnes"/>
+    <n v="179.2"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197908"/>
+    <s v="1979M08"/>
+    <s v="000 Tonnes"/>
+    <n v="148.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197909"/>
+    <s v="1979M09"/>
+    <s v="000 Tonnes"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197910"/>
+    <s v="1979M10"/>
+    <s v="000 Tonnes"/>
+    <n v="196.2"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197911"/>
+    <s v="1979M11"/>
+    <s v="000 Tonnes"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197912"/>
+    <s v="1979M12"/>
+    <s v="000 Tonnes"/>
+    <n v="120.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198001"/>
+    <s v="1980M01"/>
+    <s v="000 Tonnes"/>
+    <n v="134.2"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198002"/>
+    <s v="1980M02"/>
+    <s v="000 Tonnes"/>
+    <n v="144.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198003"/>
+    <s v="1980M03"/>
+    <s v="000 Tonnes"/>
+    <n v="146.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198004"/>
+    <s v="1980M04"/>
+    <s v="000 Tonnes"/>
+    <n v="146.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198005"/>
+    <s v="1980M05"/>
+    <s v="000 Tonnes"/>
+    <n v="177.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198006"/>
+    <s v="1980M06"/>
+    <s v="000 Tonnes"/>
+    <n v="151.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198007"/>
+    <s v="1980M07"/>
+    <s v="000 Tonnes"/>
+    <n v="182.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198008"/>
+    <s v="1980M08"/>
+    <s v="000 Tonnes"/>
+    <n v="116.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198009"/>
+    <s v="1980M09"/>
+    <s v="000 Tonnes"/>
+    <n v="165.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198010"/>
+    <s v="1980M10"/>
+    <s v="000 Tonnes"/>
+    <n v="159.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198011"/>
+    <s v="1980M11"/>
+    <s v="000 Tonnes"/>
+    <n v="150.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198012"/>
+    <s v="1980M12"/>
+    <s v="000 Tonnes"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198101"/>
+    <s v="1981M01"/>
+    <s v="000 Tonnes"/>
+    <n v="131.2"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198102"/>
+    <s v="1981M02"/>
+    <s v="000 Tonnes"/>
+    <n v="147.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198103"/>
+    <s v="1981M03"/>
+    <s v="000 Tonnes"/>
+    <n v="131.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198104"/>
+    <s v="1981M04"/>
+    <s v="000 Tonnes"/>
+    <n v="158.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198105"/>
+    <s v="1981M05"/>
+    <s v="000 Tonnes"/>
+    <n v="168.2"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198106"/>
+    <s v="1981M06"/>
+    <s v="000 Tonnes"/>
+    <n v="190.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198107"/>
+    <s v="1981M07"/>
+    <s v="000 Tonnes"/>
+    <n v="185.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198108"/>
+    <s v="1981M08"/>
+    <s v="000 Tonnes"/>
+    <n v="128.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198109"/>
+    <s v="1981M09"/>
+    <s v="000 Tonnes"/>
+    <n v="174.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198110"/>
+    <s v="1981M10"/>
+    <s v="000 Tonnes"/>
+    <n v="159.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198111"/>
+    <s v="1981M11"/>
+    <s v="000 Tonnes"/>
+    <n v="157.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198112"/>
+    <s v="1981M12"/>
+    <s v="000 Tonnes"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198201"/>
+    <s v="1982M01"/>
+    <s v="000 Tonnes"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198202"/>
+    <s v="1982M02"/>
+    <s v="000 Tonnes"/>
+    <n v="119.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198203"/>
+    <s v="1982M03"/>
+    <s v="000 Tonnes"/>
+    <n v="133.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198204"/>
+    <s v="1982M04"/>
+    <s v="000 Tonnes"/>
+    <n v="144.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198205"/>
+    <s v="1982M05"/>
+    <s v="000 Tonnes"/>
+    <n v="155.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198206"/>
+    <s v="1982M06"/>
+    <s v="000 Tonnes"/>
+    <n v="135.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198207"/>
+    <s v="1982M07"/>
+    <s v="000 Tonnes"/>
+    <n v="148.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198208"/>
+    <s v="1982M08"/>
+    <s v="000 Tonnes"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198209"/>
+    <s v="1982M09"/>
+    <s v="000 Tonnes"/>
+    <n v="147.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198210"/>
+    <s v="1982M10"/>
+    <s v="000 Tonnes"/>
+    <n v="123.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198211"/>
+    <s v="1982M11"/>
+    <s v="000 Tonnes"/>
+    <n v="114.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198212"/>
+    <s v="1982M12"/>
+    <s v="000 Tonnes"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198301"/>
+    <s v="1983M01"/>
+    <s v="000 Tonnes"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198302"/>
+    <s v="1983M02"/>
+    <s v="000 Tonnes"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198303"/>
+    <s v="1983M03"/>
+    <s v="000 Tonnes"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198304"/>
+    <s v="1983M04"/>
+    <s v="000 Tonnes"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198305"/>
+    <s v="1983M05"/>
+    <s v="000 Tonnes"/>
+    <n v="129.2"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198306"/>
+    <s v="1983M06"/>
+    <s v="000 Tonnes"/>
+    <n v="135.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198307"/>
+    <s v="1983M07"/>
+    <s v="000 Tonnes"/>
+    <n v="122.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198308"/>
+    <s v="1983M08"/>
+    <s v="000 Tonnes"/>
+    <n v="110.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198309"/>
+    <s v="1983M09"/>
+    <s v="000 Tonnes"/>
+    <n v="138.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198310"/>
+    <s v="1983M10"/>
+    <s v="000 Tonnes"/>
+    <n v="128.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198311"/>
+    <s v="1983M11"/>
+    <s v="000 Tonnes"/>
+    <n v="137.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198312"/>
+    <s v="1983M12"/>
+    <s v="000 Tonnes"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198401"/>
+    <s v="1984M01"/>
+    <s v="000 Tonnes"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198402"/>
+    <s v="1984M02"/>
+    <s v="000 Tonnes"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198403"/>
+    <s v="1984M03"/>
+    <s v="000 Tonnes"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198404"/>
+    <s v="1984M04"/>
+    <s v="000 Tonnes"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198405"/>
+    <s v="1984M05"/>
+    <s v="000 Tonnes"/>
+    <n v="146.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198406"/>
+    <s v="1984M06"/>
+    <s v="000 Tonnes"/>
+    <n v="116.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198407"/>
+    <s v="1984M07"/>
+    <s v="000 Tonnes"/>
+    <n v="129.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198408"/>
+    <s v="1984M08"/>
+    <s v="000 Tonnes"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198409"/>
+    <s v="1984M09"/>
+    <s v="000 Tonnes"/>
+    <n v="120.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198410"/>
+    <s v="1984M10"/>
+    <s v="000 Tonnes"/>
+    <n v="128.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198411"/>
+    <s v="1984M11"/>
+    <s v="000 Tonnes"/>
+    <n v="111.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198412"/>
+    <s v="1984M12"/>
+    <s v="000 Tonnes"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198501"/>
+    <s v="1985M01"/>
+    <s v="000 Tonnes"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198502"/>
+    <s v="1985M02"/>
+    <s v="000 Tonnes"/>
+    <n v="75.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198503"/>
+    <s v="1985M03"/>
+    <s v="000 Tonnes"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198504"/>
+    <s v="1985M04"/>
+    <s v="000 Tonnes"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198505"/>
+    <s v="1985M05"/>
+    <s v="000 Tonnes"/>
+    <n v="138.4"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198506"/>
+    <s v="1985M06"/>
+    <s v="000 Tonnes"/>
+    <n v="112.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198507"/>
+    <s v="1985M07"/>
+    <s v="000 Tonnes"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198508"/>
+    <s v="1985M08"/>
+    <s v="000 Tonnes"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198509"/>
+    <s v="1985M09"/>
+    <s v="000 Tonnes"/>
+    <n v="114.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198510"/>
+    <s v="1985M10"/>
+    <s v="000 Tonnes"/>
+    <n v="130.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198511"/>
+    <s v="1985M11"/>
+    <s v="000 Tonnes"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198512"/>
+    <s v="1985M12"/>
+    <s v="000 Tonnes"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198601"/>
+    <s v="1986M01"/>
+    <s v="000 Tonnes"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198602"/>
+    <s v="1986M02"/>
+    <s v="000 Tonnes"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198603"/>
+    <s v="1986M03"/>
+    <s v="000 Tonnes"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198604"/>
+    <s v="1986M04"/>
+    <s v="000 Tonnes"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198605"/>
+    <s v="1986M05"/>
+    <s v="000 Tonnes"/>
+    <n v="112.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198606"/>
+    <s v="1986M06"/>
+    <s v="000 Tonnes"/>
+    <n v="111.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198607"/>
+    <s v="1986M07"/>
+    <s v="000 Tonnes"/>
+    <n v="125.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198608"/>
+    <s v="1986M08"/>
+    <s v="000 Tonnes"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198609"/>
+    <s v="1986M09"/>
+    <s v="000 Tonnes"/>
+    <n v="123.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198610"/>
+    <s v="1986M10"/>
+    <s v="000 Tonnes"/>
+    <n v="127.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198611"/>
+    <s v="1986M11"/>
+    <s v="000 Tonnes"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198612"/>
+    <s v="1986M12"/>
+    <s v="000 Tonnes"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198701"/>
+    <s v="1987M01"/>
+    <s v="000 Tonnes"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198702"/>
+    <s v="1987M02"/>
+    <s v="000 Tonnes"/>
+    <n v="75.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198703"/>
+    <s v="1987M03"/>
+    <s v="000 Tonnes"/>
+    <n v="80.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198704"/>
+    <s v="1987M04"/>
+    <s v="000 Tonnes"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198705"/>
+    <s v="1987M05"/>
+    <s v="000 Tonnes"/>
+    <n v="124.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198706"/>
+    <s v="1987M06"/>
+    <s v="000 Tonnes"/>
+    <n v="108.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198707"/>
+    <s v="1987M07"/>
+    <s v="000 Tonnes"/>
+    <n v="120.6"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198708"/>
+    <s v="1987M08"/>
+    <s v="000 Tonnes"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198709"/>
+    <s v="1987M09"/>
+    <s v="000 Tonnes"/>
+    <n v="115.7"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198710"/>
+    <s v="1987M10"/>
+    <s v="000 Tonnes"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198711"/>
+    <s v="1987M11"/>
+    <s v="000 Tonnes"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198712"/>
+    <s v="1987M12"/>
+    <s v="000 Tonnes"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198801"/>
+    <s v="1988M01"/>
+    <s v="000 Tonnes"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198802"/>
+    <s v="1988M02"/>
+    <s v="000 Tonnes"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198803"/>
+    <s v="1988M03"/>
+    <s v="000 Tonnes"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198804"/>
+    <s v="1988M04"/>
+    <s v="000 Tonnes"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198805"/>
+    <s v="1988M05"/>
+    <s v="000 Tonnes"/>
+    <n v="129.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198806"/>
+    <s v="1988M06"/>
+    <s v="000 Tonnes"/>
+    <n v="117.3"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198807"/>
+    <s v="1988M07"/>
+    <s v="000 Tonnes"/>
+    <n v="115.5"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198808"/>
+    <s v="1988M08"/>
+    <s v="000 Tonnes"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198809"/>
+    <s v="1988M09"/>
+    <s v="000 Tonnes"/>
+    <n v="119.8"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198810"/>
+    <s v="1988M10"/>
+    <s v="000 Tonnes"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198811"/>
+    <s v="1988M11"/>
+    <s v="000 Tonnes"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="BGM01"/>
+    <s v="Sales of Home Produced Cement (January 1971-December 1988)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198812"/>
+    <s v="1988M12"/>
+    <s v="000 Tonnes"/>
+    <n v="78.7"/>
+  </r>
+</pivotCacheRecords>
 </file>