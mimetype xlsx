--- v1 (2025-12-15)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b2cbe9685fe42f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/27426f7759414af6b2acb1d46e8a7094.psmdcp" Id="Rba382318f49f4bc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae9579765d454ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a80933fb7aca4c76bd06bf08464d39f8.psmdcp" Id="Re31fe568bb9d4ed9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
@@ -80,51 +80,51 @@
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BGM01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>CSI</x:t>
   </x:si>
   <x:si>
     <x:t>Cement Sales and Imports 1977 to 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Shane O’Sullivan</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>business_stats@cso.ie</x:t>
+    <x:t>enterprise_stats@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>(+353) 21 453 5206</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>