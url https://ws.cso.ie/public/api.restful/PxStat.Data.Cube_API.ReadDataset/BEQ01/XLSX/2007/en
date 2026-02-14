--- v0 (2025-11-05)
+++ v1 (2026-02-14)
@@ -1,130 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d52ef7fde834637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6249f8cca4f34de3b401adf12f7800ab.psmdcp" Id="R3517cb31178042e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R609eb92238664d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bc8cb7e775e40218b78f44377d51dfb.psmdcp" Id="Ra16d0adbe6114170" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BEQ01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Indices of Total Production in Building and Construction Sector (Base 2000=100)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data prior to 2004 based on exisiting annual data from the Department of the Environment, Heritage and Local Government prepared by DKM Economic Consultants series, with quarterly breakdown estimated by Central Statistics Office. Series from 2004 onwards based on the new Central Statistics Office Survey.  Data for the most recent quarter added is always provisional with the preceding quarter having been revised at the time the new quarter is added.  See background notes (https://www.cso.ie/en/methods/construction/quarterlyconstruction/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BEQ01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PBCI</x:t>
   </x:si>
   <x:si>
     <x:t>Production in Building and Construction Index</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Shane O’Sullivan</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>business_stats@cso.ie</x:t>
+    <x:t>enterprise_stats@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>(+353) 21 453 5206</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
@@ -604,467 +604,184 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02402V02895" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Building and Construction" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="36">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="36">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H361" totalsRowShown="0">
   <x:autoFilter ref="A1:H361"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02402V02895"/>
     <x:tableColumn id="2" name="Type of Building and Construction"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1333,51 +1050,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BEQ01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1566,51 +1283,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H361"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="51.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -10984,51 +10701,51 @@
       <x:c r="E361" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H361" s="0">
         <x:v>224.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11045,51 +10762,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H361" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02402V02895">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="11"/>
         <x:s v="111"/>
         <x:s v="112"/>
         <x:s v="12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Building and Construction">
       <x:sharedItems count="5">
         <x:s v="All building and construction"/>
         <x:s v="Building (excluding civil engineering)"/>
         <x:s v="Residential building"/>
         <x:s v="Non-residential building"/>
         <x:s v="Civil engineering"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="36">
         <x:s v="20001"/>
         <x:s v="20002"/>
         <x:s v="20003"/>
@@ -11478,27 +11195,3628 @@
         <x:n v="174.2"/>
         <x:n v="300.2"/>
         <x:n v="206.9"/>
         <x:n v="234.9"/>
         <x:n v="301.5"/>
         <x:n v="204.8"/>
         <x:n v="330"/>
         <x:n v="221.2"/>
         <x:n v="347.4"/>
         <x:n v="232.5"/>
         <x:n v="230.4"/>
         <x:n v="151.7"/>
         <x:n v="308.6"/>
         <x:n v="201.2"/>
         <x:n v="333.7"/>
         <x:n v="218.1"/>
         <x:n v="347"/>
         <x:n v="224.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="94.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="114.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="114.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="111.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="115.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="128.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="112.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="128.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="109.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="119.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="127.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="108.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="145.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="122.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="149.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="151.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="120.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="169.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="131.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="161.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="122.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="159.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="119.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="159.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="190.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="141.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="153.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="197.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="142.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="193.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="138.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="196.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="135.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="194.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="133.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="226.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="151.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="180.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="203.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="190.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="124.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="193.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="126.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="142.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="156.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="151.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="146.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="91.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="94.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="104.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="113.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="112.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="115.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="108.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="95.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="124.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="112.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="122.2"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="142.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="119.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="147.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="151.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="168.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="130.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="157.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="119.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="158.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="118.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="165.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="123.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="192.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="142.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="197.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="144.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="192.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="139.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="196.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="191.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="131.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="183.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="125.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="210.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="169.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="183.2"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="120.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="161.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="124.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="124.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="79.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="118.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="107.3"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="116.1"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="136.7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="114.7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="140.7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="113.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="127.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="141.4"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="170.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="177.3"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="117.5"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="185.5"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="137.3"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="207.3"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="149.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="187.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="132.5"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="192.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="133.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="209.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="145.1"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="243.3"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="166.7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="167.3"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="238.3"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="159.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="161.9"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="151.4"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="214.9"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="136.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="251.4"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="156.4"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="196.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="121.9"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="208.3"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="127.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="178.9"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="108.3"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="170.5"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="45.9"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="94.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="88.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="80.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="85.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="81.2"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="81.9"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="81.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="107.3"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="133.2"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="118.2"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="135.8"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="128.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="143.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="141.8"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="152.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="119.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="121.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="112.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="123.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="113.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="124.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="115.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="148.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="126.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="148.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="152.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="134.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="148.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="124.9"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="150.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="126.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="152.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="131.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="158.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="133.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="160.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="133.4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="147.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="120.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="137.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="177.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="138.4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="161.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="123.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="130.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="181.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="137.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="259.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="196.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="219.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="162.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="179.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="131.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="217.4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="153.9"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="248.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="174.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="300.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="206.9"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="234.9"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="161.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="301.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="204.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="221.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="347.4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="232.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="230.4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="151.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="308.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="201.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="333.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="218.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BEQ01C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BEQ01C3"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2000=100"/>
+    <n v="224.9"/>
+  </r>
+</pivotCacheRecords>
 </file>