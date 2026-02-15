--- v0 (2025-11-05)
+++ v1 (2026-02-15)
@@ -1,127 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e9f14df04be4de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb775d40a6ea4b4f9f3e201d8981810c.psmdcp" Id="R69c227f5de8e4841" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc1a823c4f02493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7f9e77958dc4dd08e660151c14fb241.psmdcp" Id="R0e93d913d15c4a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BEA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Indices of Total Production in Building and Construction Sector (Base 2015=100)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/26/2025 11:00:00 AM</x:t>
+    <x:t>26/08/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BEA04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PBCI</x:t>
   </x:si>
   <x:si>
     <x:t>Production in Building and Construction Index</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Shane O’Sullivan</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>business_stats@cso.ie</x:t>
+    <x:t>enterprise_stats@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>(+353) 21 453 5206</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
@@ -472,395 +472,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02402V02895" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Building and Construction" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H501" totalsRowShown="0">
   <x:autoFilter ref="A1:H501"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02402V02895"/>
     <x:tableColumn id="6" name="Type of Building and Construction"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1129,51 +900,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BEA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1360,51 +1131,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H501"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="71.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="33.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -14418,51 +14189,51 @@
       <x:c r="E501" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H501" s="0">
         <x:v>115.8783549</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14479,51 +14250,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H501" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="BEA04C01"/>
         <x:s v="BEA04C02"/>
         <x:s v="BEA04S1"/>
         <x:s v="BEA04S2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Value of Production Index in Building and Construction"/>
         <x:s v="Volume of Production Index in Building and Construction"/>
         <x:s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
         <x:s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="25">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
@@ -15084,27 +14855,5028 @@
         <x:n v="110.1570863"/>
         <x:n v="134.6963648"/>
         <x:n v="107.5881995"/>
         <x:n v="130.5460662"/>
         <x:n v="135.9328369"/>
         <x:n v="116.1389137"/>
         <x:n v="138.7517468"/>
         <x:n v="105.991811"/>
         <x:n v="124.4093439"/>
         <x:n v="125.5258713"/>
         <x:n v="104.3722787"/>
         <x:n v="128.3259299"/>
         <x:n v="118.9813316"/>
         <x:n v="124.1977499"/>
         <x:n v="125.9916688"/>
         <x:n v="109.1236091"/>
         <x:n v="128.9772347"/>
         <x:n v="115.8783549"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="155.8522213"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="199.8442553"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="311.6981599"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="121.4312479"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="63.61997861"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="176.5850759"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="222.6553714"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="359.5504773"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="126.2597058"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="77.78060139"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="188.7022085"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="229.9604875"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="391.5034446"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="115.5689831"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="95.15473211"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="211.0178318"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="262.1228127"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="480.3809431"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="106.6222056"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="98.90832539"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="252.8198846"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="319.0701376"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="605.1255572"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="115.3682481"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="107.384552"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="290.9410795"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="366.1171407"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="698.4970261"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="129.4468976"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="125.9315247"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="319.8067377"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="397.2855563"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="751.6700552"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="144.9181073"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="149.8401361"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="290.1535729"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="347.7404309"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="619.915629"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="153.7390272"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="164.0804726"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="212.382987"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="236.8803076"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="351.2213462"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="155.0018234"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="159.1861864"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="132.0293057"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="130.2191048"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="145.1061213"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="119.1445692"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="136.681653"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="93.81639392"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="88.24586127"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="92.08217799"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="85.16412352"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="106.6070269"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="76.23106098"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="74.46047078"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="65.56498916"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="81.60626802"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="80.2965554"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="74.99864662"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="66.60459413"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="57.91289363"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="73.5866927"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="94.27243094"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="84.1241642"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="77.50715185"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="64.58478845"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="87.88776898"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="99.3176442"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="91.97468026"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="86.94652937"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="76.99972936"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="94.9368574"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="103.5199376"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="110.2714585"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="111.7603069"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="124.2695741"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="109.8222514"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="103.4889268"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="126.310635"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="130.1776995"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="146.5995235"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="127.6334732"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="108.6940077"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="145.1079473"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="149.3146993"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="150.5893262"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="149.1172219"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="125.9438552"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="156.6246742"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="164.1872762"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="174.1315754"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="162.6466102"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="122.1728202"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="143.8280889"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="152.3399481"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="136.3717262"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="154.813898"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="105.0518413"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="147.7423662"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="152.4548244"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="129.3782101"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="156.0300745"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="126.2745013"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="166.4844322"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="173.1809832"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="147.593153"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="177.145295"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="135.9779218"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="166.0955309"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="167.5705527"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="139.6862862"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="171.8906503"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="159.3759872"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="169.1901656"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="171.5731035"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="148.0072971"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="175.224144"/>
+  </r>
+  <r>
+    <s v="BEA04C01"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="158.3345595"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="218.5113705"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="281.1015359"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="471.8677631"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="148.3311414"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="86.99546365"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="225.9112599"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="285.8046469"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="490.8545469"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="142.1090209"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="97.61919743"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="230.5974013"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="283.5458549"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="499.1073982"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="131.4658906"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="112.6955983"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="243.6513831"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="302.6443197"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="554.6739701"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="123.0978264"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="114.2177579"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="305.5688523"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="385.6701681"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="731.6334288"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="139.329466"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="129.6986093"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="335.764695"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="422.5504678"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="806.3406191"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="149.2978282"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="145.2412398"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="348.8908557"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="433.4248422"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="820.0043668"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="158.1535589"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="163.4175945"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="301.9622498"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="361.9087572"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="645.3286393"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="159.9095306"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="170.7022976"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="213.6974952"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="238.3531361"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="353.4872659"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="155.912463"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="160.1486873"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="134.8009234"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="132.9334747"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="148.1185515"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="121.6356307"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="139.5950358"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="94.73183816"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="89.0902711"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="92.98330058"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="85.96362895"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="107.6868632"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="78.92144779"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="77.08195419"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="67.8702874"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="84.48019915"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="83.145573"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="76.98572024"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="68.37384753"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="59.46062979"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="75.53239655"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="96.76161329"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="85.71923038"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="78.97284028"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="65.82511176"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="89.53228826"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="101.2113183"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="92.73027824"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="87.65714411"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="77.61032346"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="95.72613336"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="104.3799811"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="99.98424136"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="99.98448514"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="99.98123123"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="99.98498927"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="99.98313081"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="109.8826058"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="111.3660847"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="123.8454999"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="109.4326542"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="103.1245351"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="124.1627447"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="127.9670194"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="144.0872133"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="125.4695246"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="106.8321598"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="136.9588264"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="140.9341827"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="142.232689"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="140.7330056"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="118.8488701"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="144.7551532"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="151.7393003"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="160.9344821"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="150.3146946"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="112.9384832"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="131.4830511"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="139.2633268"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="124.6683863"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="141.5245148"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="96.03957292"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="127.4854128"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="131.5698684"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="111.3677665"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="134.6997715"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="108.8784485"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="130.2440897"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="135.5337693"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="115.6656168"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="138.6119337"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="106.1466604"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="123.8452874"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="124.9537861"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="104.149607"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="128.1769688"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="118.79546"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="124.3919237"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="126.158826"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="108.9039883"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="128.8321107"/>
+  </r>
+  <r>
+    <s v="BEA04C02"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="116.3427025"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="155.7255256"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="199.7017063"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="311.347481"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="121.4096156"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="63.66404987"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="176.5549566"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="222.7455119"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="359.7240789"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="126.228092"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="77.68651784"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="188.6099218"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="230.0315911"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="391.3314281"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="115.5698836"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="94.85756562"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="210.9642925"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="262.3039575"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="480.6657008"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="106.6333665"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="98.57330426"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="252.7247831"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="319.3960662"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="605.5049516"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="115.3542883"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="106.9755992"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="290.1669397"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="365.3134266"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="696.548594"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="129.3825163"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="125.2430756"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="318.7208542"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="395.8854435"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="748.0767423"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="144.719368"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="149.287956"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="289.7442986"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="346.9104387"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="619.1792446"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="153.5075044"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="163.7043252"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="213.0340807"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="237.8452441"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="354.7909467"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="154.6607608"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="158.9862036"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="132.7087429"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="131.1958613"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="146.8886457"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="118.9144413"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="136.6931622"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="93.91279683"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="88.23506281"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="92.31364449"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="84.93578324"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="107.4036897"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="76.01806421"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="74.47801332"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="65.70362203"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="81.48007552"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="79.71064924"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="74.88536213"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="66.75516256"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="58.12454109"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="73.48470935"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="93.70804162"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="83.82180097"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="77.09462317"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="64.7540522"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="87.84188032"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="99.24675655"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="91.86938112"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="86.77227725"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="76.54186673"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="94.94712193"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="103.4830272"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="100.1777921"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="100.0925908"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="100.1647404"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="99.91274731"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="100.4940743"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="109.9709888"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="111.4319499"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="124.0451513"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="109.7391902"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="103.2613601"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="126.2825091"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="130.1260711"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="146.0555636"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="127.4294428"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="108.4095657"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="144.7974747"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="148.9644055"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="150.4852835"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="148.9875736"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="125.1584071"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="156.2807265"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="163.7319055"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="173.3582182"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="162.4012947"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="122.3679999"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="144.0051868"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="152.8851485"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="137.7824181"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="154.6373918"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="105.5359184"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="146.3314438"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="150.9921946"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="127.7535006"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="155.8509586"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="124.3332206"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="166.5174719"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="173.3673786"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="147.9598324"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="177.2013968"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="135.316069"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="166.6785478"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="168.5010898"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="139.9343238"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="172.007345"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="159.5554837"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="168.8430809"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="171.3264235"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="148.245876"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="175.3909196"/>
+  </r>
+  <r>
+    <s v="BEA04S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="157.5483082"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="218.5239335"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="281.2050695"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="472.0108365"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="148.3693817"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="87.01772511"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="226.0316241"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="286.0476191"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="491.1220399"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="142.2307543"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="97.5884455"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="230.8300961"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="283.9238282"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="499.4346871"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="131.6457328"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="112.4751842"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="243.8591321"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="303.0305855"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="555.1926465"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="123.2465147"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="113.9729077"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="305.7746474"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="386.2028698"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="732.6236473"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="139.3392022"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="129.2831376"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="334.9480495"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="421.5751979"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="803.9890243"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="149.1951133"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="144.4976878"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="347.8556591"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="431.9397487"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="816.7864384"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="157.9449999"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="162.8907373"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="301.4322856"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="361.3039931"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="645.1799687"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="159.6803081"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="170.3131772"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="214.2783997"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="239.5040738"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="357.6099111"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="155.6127471"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="159.9656603"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="135.3682693"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="133.9466266"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="150.0883317"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="121.3886917"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="139.6186267"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="94.83331289"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="89.10098394"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="93.28038453"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="85.71728451"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="108.5456962"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="78.66146312"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="77.06146686"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="68.01771441"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="84.31393043"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="82.52173311"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="76.87369894"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="68.5227911"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="59.68719882"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="75.42251205"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="96.20051735"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="85.4496012"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="78.5625458"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="66.00120251"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="89.4921625"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1444506"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="92.75600775"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="87.50563135"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="77.17194402"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="95.75115578"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="104.3845969"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="100.2316519"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="100.0863236"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="100.1505279"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="99.93048798"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="100.4841821"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="109.6155783"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="111.0637429"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="123.6393954"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="109.3849641"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="102.9246414"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="124.0242412"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="127.9203649"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="143.5655521"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="125.3423132"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="106.5683546"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="136.6919468"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="140.777724"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="142.2834669"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="140.6949031"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="118.2772821"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="144.4194209"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="151.3403595"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="160.2392108"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="150.233528"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="113.1615168"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="131.898893"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="139.2741924"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="125.8547202"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="141.51506"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="96.38921011"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="126.4893409"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="130.7083112"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="110.1570863"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="134.6963648"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="107.5881995"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="130.5460662"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="135.9328369"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="116.1389137"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="138.7517468"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="105.991811"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="124.4093439"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="125.5258713"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="104.3722787"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="128.3259299"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="118.9813316"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="Base 2015=100"/>
+    <n v="124.1977499"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="Base 2015=100"/>
+    <n v="125.9916688"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="109.1236091"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="Base 2015=100"/>
+    <n v="128.9772347"/>
+  </r>
+  <r>
+    <s v="BEA04S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="Base 2015=100"/>
+    <n v="115.8783549"/>
+  </r>
+</pivotCacheRecords>
 </file>