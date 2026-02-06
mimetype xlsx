--- v0 (2025-11-13)
+++ v1 (2026-02-06)
@@ -1,127 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de2c72867784f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/658963a1ecec4680a46cfaea7c8d8c74.psmdcp" Id="Rd900f18439a54748" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9435d75b7d1c49d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a364e3616c14e4aad3e376ae468b5b6.psmdcp" Id="Re10a2f7fca7f4d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BEA02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Indices of Total Production in Building and Construction Sector (Base 2005=100)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BEA02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>PBCI</x:t>
   </x:si>
   <x:si>
     <x:t>Production in Building and Construction Index</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Shane O’Sullivan</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>business_stats@cso.ie</x:t>
+    <x:t>enterprise_stats@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>(+353) 21 453 5206</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
@@ -433,291 +433,140 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...239 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02402V02895" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Building and Construction" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H241" totalsRowShown="0">
   <x:autoFilter ref="A1:H241"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02402V02895"/>
     <x:tableColumn id="2" name="Type of Building and Construction"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -986,51 +835,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BEA02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1217,51 +1066,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H241"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="71.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -7515,51 +7364,51 @@
       <x:c r="E241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H241" s="0">
         <x:v>58.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7576,51 +7425,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H241" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02402V02895">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="11"/>
         <x:s v="111"/>
         <x:s v="112"/>
         <x:s v="12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Building and Construction">
       <x:sharedItems count="5">
         <x:s v="All building and construction"/>
         <x:s v="Building (excluding civil engineering)"/>
         <x:s v="Residential building"/>
         <x:s v="Non-residential building"/>
         <x:s v="Civil engineering"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="12">
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
@@ -7846,27 +7695,2428 @@
         <x:n v="117.4"/>
         <x:n v="126.4"/>
         <x:n v="110.3"/>
         <x:n v="108.6"/>
         <x:n v="96.1"/>
         <x:n v="96.2"/>
         <x:n v="84.7"/>
         <x:n v="74.2"/>
         <x:n v="85.1"/>
         <x:n v="74.5"/>
         <x:n v="58.7"/>
         <x:n v="52.8"/>
         <x:n v="58.5"/>
         <x:n v="52.5"/>
         <x:n v="66.8"/>
         <x:n v="59.4"/>
         <x:n v="66.1"/>
         <x:n v="58.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="109.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All building and construction"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="108.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="108.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="85.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Building (excluding civil engineering)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="91.5"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="80.1"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="79.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Residential building"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="88.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="111.9"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="118.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="119.8"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="119.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="81.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="57.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Non-residential building"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="78.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="78.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="118.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="112.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="130.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="117.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="130.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="117.4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="126.4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="110.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="126.4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="110.3"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="108.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="108.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="52.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02C1"/>
+    <s v="Value of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02C2"/>
+    <s v="Volume of Production Index in Building and Construction"/>
+    <s v="Base 2005=100"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02S1"/>
+    <s v="Value of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Civil engineering"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BEA02S2"/>
+    <s v="Volume of Production Index in Building and Construction (Seasonally Adjusted)"/>
+    <s v="Base 2005=100"/>
+    <n v="58.9"/>
+  </r>
+</pivotCacheRecords>
 </file>