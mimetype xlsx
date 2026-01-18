--- v0 (2025-10-07)
+++ v1 (2026-01-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0205dbb3c5e4c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5da95dc114b0435ca71cc2af2990aea4.psmdcp" Id="Rd24b108b21ac4de7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74310657874148cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/068819ec2bd647de9b73d31d52139236.psmdcp" Id="R84b8f86125ad49d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BDR35</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/11/2020 11:00:00 AM</x:t>
+    <x:t>11/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BDR35/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -655,595 +655,222 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J485" totalsRowShown="0">
   <x:autoFilter ref="A1:J485"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="C02712V03280"/>
     <x:tableColumn id="6" name="Religion"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1514,51 +1141,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BDR35/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1745,51 +1372,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J485"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="31.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -17299,51 +16926,51 @@
       <x:c r="G485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J485" s="0">
         <x:v>52593</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17360,51 +16987,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J485" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BDR35"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
@@ -17978,27 +17605,5836 @@
         <x:n v="6308"/>
         <x:n v="83"/>
         <x:n v="467"/>
         <x:n v="5775"/>
         <x:n v="658"/>
         <x:n v="854"/>
         <x:n v="1634"/>
         <x:n v="137575"/>
         <x:n v="46338"/>
         <x:n v="62"/>
         <x:n v="1703"/>
         <x:n v="162"/>
         <x:n v="132"/>
         <x:n v="2441"/>
         <x:n v="346"/>
         <x:n v="632"/>
         <x:n v="709"/>
         <x:n v="52593"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3462606"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19147"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115611"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21403"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20582"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10033"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40026"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138264"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79094"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1828097"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13233"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67877"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7570"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13892"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8447"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24803"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87730"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48152"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2105579"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41544"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46014"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="943624"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10132"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33857"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7905"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5474"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16845"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62556"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33191"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122821"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407661"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4265"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12242"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3385"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7610"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33022"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20737"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="495781"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156369"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11284"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11921"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191792"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170444"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4745"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8626"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196413"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209150"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5586"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8987"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5196"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238835"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146808"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4868"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163944"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73186"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80339"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53330"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58774"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28577"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31068"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93228"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101821"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122251"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3231"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134005"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59010"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63663"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65787"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71858"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105762"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4727"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116596"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94990"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8167"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5641"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114676"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="995728"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26183"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5036"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10003"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33336"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20122"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1100614"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92340"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103277"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="401504"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12699"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4277"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15782"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7407"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447829"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109927"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5041"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123062"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291577"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10812"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10741"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4303"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324767"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118721"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132527"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161793"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4255"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175304"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49218"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1767"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54023"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112575"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121281"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56137"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61010"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73470"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79121"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91763"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101546"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39885"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44594"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51878"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56952"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="424019"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9773"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13277"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7670"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464296"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189153"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3535"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7491"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3944"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209077"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56260"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65832"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132893"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143245"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23235"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25799"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109349"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117446"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50614"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53774"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51668"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58200"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214762"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11778"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8984"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246714"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49323"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3767"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56546"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119101"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6308"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5775"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137575"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46338"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="BDR35"/>
+    <s v="2002 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52593"/>
+  </r>
+</pivotCacheRecords>
 </file>