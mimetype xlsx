--- v1 (2026-01-18)
+++ v2 (2026-03-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74310657874148cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/068819ec2bd647de9b73d31d52139236.psmdcp" Id="R84b8f86125ad49d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad97d43345804c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a8c94063a91486db9e4be53e263af01.psmdcp" Id="Ra8e41adfcb3747a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>