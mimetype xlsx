--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R083ad6f039624b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50779fcb43fa4785bce69ee086c46b3c.psmdcp" Id="R74abef83193e4ce5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd32d8d4c803e4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/851fe741372b4bcc9376127238cc3511.psmdcp" Id="R45954e62b0fb4c54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BDR27</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BDR27/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -709,635 +709,232 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...583 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="54">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="54">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J325" totalsRowShown="0">
   <x:autoFilter ref="A1:J325"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02537V03240"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1608,51 +1205,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BDR27/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1839,51 +1436,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="52.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12273,51 +11870,51 @@
       <x:c r="G325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J325" s="0">
         <x:v>429906</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12334,51 +11931,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BDR27"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="215"/>
         <x:s v="310"/>
         <x:s v="420"/>
         <x:s v="505"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="6">
         <x:s v="All ages"/>
@@ -12802,27 +12399,3916 @@
         <x:n v="2"/>
         <x:n v="5"/>
         <x:n v="33"/>
         <x:n v="136"/>
         <x:n v="83"/>
         <x:n v="13"/>
         <x:n v="34"/>
         <x:n v="36"/>
         <x:n v="169"/>
         <x:n v="25"/>
         <x:n v="53"/>
         <x:n v="996"/>
         <x:n v="871"/>
         <x:n v="68"/>
         <x:n v="97"/>
         <x:n v="77"/>
         <x:n v="8425"/>
         <x:n v="429906"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3584975"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3535676"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20491"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12387"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12249"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224261"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="EU15X01"/>
+    <s v="EU15 excluding Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133436"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103476"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6363"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7216"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4436"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23105"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4978"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="OEUR08"/>
+    <s v="Other European (8)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6876"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20981"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8969"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7827"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21779"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5842"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4878"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15383"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11384"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48412"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3858495"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="775603"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="759848"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5314"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4281"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34131"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="EU15X01"/>
+    <s v="EU15 excluding Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19258"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17220"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="OEUR08"/>
+    <s v="Other European (8)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4348"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13916"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="823879"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588738"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="582990"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34443"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="EU15X01"/>
+    <s v="EU15 excluding Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16060"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10426"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5435"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="OEUR08"/>
+    <s v="Other European (8)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6458"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3620"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6063"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="629360"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1038486"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1021780"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7676"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4225"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4171"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108267"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="EU15X01"/>
+    <s v="EU15 excluding Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59082"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42525"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3831"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13242"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="OEUR08"/>
+    <s v="Other European (8)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12533"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5700"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12004"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2817"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6045"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10709"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1157718"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772129"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="764912"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36084"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="EU15X01"/>
+    <s v="EU15 excluding Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29414"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24814"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="OEUR08"/>
+    <s v="Other European (8)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9299"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="817632"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="410019"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406146"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11336"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="EU15X01"/>
+    <s v="EU15 excluding Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9622"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8491"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="OEUR08"/>
+    <s v="Other European (8)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8425"/>
+  </r>
+  <r>
+    <s v="BDR27"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429906"/>
+  </r>
+</pivotCacheRecords>
 </file>