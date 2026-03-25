--- v1 (2026-02-06)
+++ v2 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd32d8d4c803e4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/851fe741372b4bcc9376127238cc3511.psmdcp" Id="R45954e62b0fb4c54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R110c998f697048ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/058ea3728a5948e49f9cae955331f930.psmdcp" Id="R829585ac2a554214" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>