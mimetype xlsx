--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72d1211560584fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31c9c2f488764c5bb9cefb9fd95c5509.psmdcp" Id="R220489d5047f4bf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re263d857cb30488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba519c318b3948168b246b8172605d96.psmdcp" Id="R5e5d9675c061435c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BDR26</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BDR26/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -691,611 +691,226 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...559 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="54">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="54">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J163" totalsRowShown="0">
   <x:autoFilter ref="A1:J163"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02537V03240"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1566,51 +1181,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BDR26/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1797,51 +1412,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J163"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="52.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7047,51 +6662,51 @@
       <x:c r="G163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J163" s="0">
         <x:v>1942272</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7108,51 +6723,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J163" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BDR26"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -7435,27 +7050,1972 @@
         <x:n v="9765"/>
         <x:n v="866"/>
         <x:n v="2517"/>
         <x:n v="2418"/>
         <x:n v="1048"/>
         <x:n v="779"/>
         <x:n v="2137"/>
         <x:n v="8160"/>
         <x:n v="6188"/>
         <x:n v="374"/>
         <x:n v="1062"/>
         <x:n v="536"/>
         <x:n v="1954"/>
         <x:n v="798"/>
         <x:n v="1239"/>
         <x:n v="365"/>
         <x:n v="23854"/>
         <x:n v="1942272"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3584975"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3535676"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20491"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12387"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12249"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224261"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X01"/>
+    <s v="EU15 excluding Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133436"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103476"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6363"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7216"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4436"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23105"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4978"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR08"/>
+    <s v="Other European (8)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6876"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20981"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8969"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7827"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21779"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5842"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4878"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15383"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11384"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48412"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3858495"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1778590"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1754716"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9997"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5721"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112593"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X01"/>
+    <s v="EU15 excluding Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64647"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50677"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12863"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR08"/>
+    <s v="Other European (8)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11039"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4601"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12014"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3424"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7223"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5196"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24558"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1916223"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1806385"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1780960"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10494"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6666"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6139"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111668"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X01"/>
+    <s v="EU15 excluding Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68789"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52799"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AT"/>
+    <s v="Austrian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DK"/>
+    <s v="Danish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FI"/>
+    <s v="Finnish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4016"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GR"/>
+    <s v="Greek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LU"/>
+    <s v="Luxembourger"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10242"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR08"/>
+    <s v="Other European (8)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3129"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9942"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4698"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9765"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OAS01"/>
+    <s v="Other Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8160"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6188"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23854"/>
+  </r>
+  <r>
+    <s v="BDR26"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1942272"/>
+  </r>
+</pivotCacheRecords>
 </file>