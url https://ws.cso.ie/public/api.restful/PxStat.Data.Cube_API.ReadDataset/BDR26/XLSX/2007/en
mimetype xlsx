--- v1 (2025-12-20)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re263d857cb30488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba519c318b3948168b246b8172605d96.psmdcp" Id="R5e5d9675c061435c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2681e7328f76455c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3634c724abf24343bc3e13f01fd2b64b.psmdcp" Id="Rc93db967a7cc4a1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>