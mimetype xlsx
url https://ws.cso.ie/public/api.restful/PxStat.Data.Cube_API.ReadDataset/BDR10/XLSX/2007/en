--- v0 (2025-11-05)
+++ v1 (2026-01-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75b4a8584fbc4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f331ce1802824273be261b8b49bde2fb.psmdcp" Id="Ra65238781c494b8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda6c13b17aaf4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c4d7bdc30c14d4787535c590f2c8988.psmdcp" Id="R6712759aff5c4ff8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BDR10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BDR10/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -907,907 +907,306 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...855 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="87">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Last Birthday" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="87">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02786V03355" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Each Year of Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L523" totalsRowShown="0">
   <x:autoFilter ref="A1:L523"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="Age Last Birthday"/>
     <x:tableColumn id="7" name="C02786V03355"/>
     <x:tableColumn id="8" name="At Each Year of Age"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -2080,51 +1479,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BDR10/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2311,51 +1710,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L523"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="28.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -22221,51 +21620,51 @@
       <x:c r="I523" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L523" s="0">
         <x:v>1971039</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22282,51 +21681,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L523" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BDR10"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -23039,27 +22438,7336 @@
         <x:n v="1874913"/>
         <x:n v="10674"/>
         <x:n v="1885587"/>
         <x:n v="9932"/>
         <x:n v="1895519"/>
         <x:n v="9706"/>
         <x:n v="1905225"/>
         <x:n v="8690"/>
         <x:n v="1913915"/>
         <x:n v="8360"/>
         <x:n v="1922275"/>
         <x:n v="7637"/>
         <x:n v="1929912"/>
         <x:n v="6532"/>
         <x:n v="1936444"/>
         <x:n v="5355"/>
         <x:n v="1941799"/>
         <x:n v="29240"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54499"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54499"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55362"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109861"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56347"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166208"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56141"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222349"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55281"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277630"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54545"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="332175"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52537"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="384712"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52012"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436724"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51696"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="488420"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53300"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="541720"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55636"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="597356"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57294"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="654650"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56627"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="711277"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56677"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="767954"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59474"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="827428"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60882"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="888310"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61682"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="949992"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63039"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1013031"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63009"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1076040"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64576"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1140616"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66355"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1206971"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67865"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1274836"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67414"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1342250"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64186"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1406436"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62514"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1468950"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61578"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1530528"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61620"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1592148"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62658"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1654806"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62599"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1717405"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64238"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1781643"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63388"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1845031"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62397"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1907428"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61283"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1968711"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59023"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2027734"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58585"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2086319"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58431"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2144750"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58084"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2202834"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58995"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2261829"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57865"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2319694"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57531"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2377225"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55721"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2432946"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56399"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2489345"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54541"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2543886"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52758"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2596644"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52565"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2649209"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51654"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2700863"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49692"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2750555"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50404"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2800959"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48381"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2849340"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49473"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2898813"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46989"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2945802"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46274"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2992076"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46318"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3038394"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45877"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3084271"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45385"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3129656"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43751"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3173407"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42093"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3215500"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38684"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3254184"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37159"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3291343"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35607"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3326950"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32410"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3359360"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31294"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3390654"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31598"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3422252"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30315"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3452567"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28635"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3481202"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28552"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3509754"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27471"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3537225"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26732"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3563957"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25700"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3589657"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25019"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3614676"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24045"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3638721"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23526"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3662247"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22707"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3684954"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21398"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3706352"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20453"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3726805"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19782"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3746587"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18793"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3765380"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18265"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3783645"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16758"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3800403"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16217"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3816620"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14319"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3830939"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13606"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3844545"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12294"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3856839"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10311"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3867150"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8327"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3875477"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41726"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27805"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27805"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28311"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56116"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28794"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84910"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28814"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113724"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28316"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142040"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28086"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170126"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27112"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197238"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26649"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223887"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26530"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250417"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27513"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277930"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28306"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306236"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29559"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335795"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28911"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364706"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29013"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="393719"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30325"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="424044"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31369"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="455413"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31495"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="486908"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32575"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="519483"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32212"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="551695"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32762"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="584457"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33493"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="617950"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34294"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="652244"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34152"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="686396"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32019"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="718415"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31334"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749749"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30804"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="780553"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30775"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="811328"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31225"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="842553"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31067"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="873620"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32229"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="905849"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31622"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="937471"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31169"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="968640"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30653"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="999293"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29762"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1029055"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29171"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1058226"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29202"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1087428"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28972"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1116400"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29130"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1145530"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28632"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1174162"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28594"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1202756"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27737"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1230493"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28070"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1258563"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27063"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1285626"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26305"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1311931"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26126"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1338057"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25903"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1363960"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24751"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1388711"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25202"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1413913"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24238"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1438151"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24887"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1463038"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23715"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1486753"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23504"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1510257"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23138"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1533395"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23115"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1556510"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23113"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1579623"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22256"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1601879"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21287"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1623166"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19600"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1642766"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18808"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1661574"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17876"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1679450"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16516"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1695966"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15808"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1711774"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15885"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1727659"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15089"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1742748"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14261"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1757009"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14110"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1771119"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13446"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1784565"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13044"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1797609"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12534"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1810143"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12156"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1822299"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11529"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1833828"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11094"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1844922"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10470"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1855392"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9643"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1865035"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8983"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1874018"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8531"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1882549"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7918"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1890467"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7591"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1898058"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6826"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1904884"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6511"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1911395"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5629"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1917024"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5246"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1922270"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1926927"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3779"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1930706"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1933678"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12486"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26694"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26694"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27051"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53745"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27553"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81298"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27327"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108625"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26965"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135590"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26459"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162049"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25425"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187474"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25363"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212837"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25166"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238003"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25787"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263790"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27330"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291120"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27735"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318855"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27716"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346571"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27664"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="374235"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29149"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403384"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29513"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432897"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30187"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="463084"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30464"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493548"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30797"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="524345"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31814"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556159"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32862"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="589021"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33571"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="622592"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33262"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="655854"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32167"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688021"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31180"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="719201"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30774"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749975"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30845"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="780820"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31433"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="812253"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31532"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="843785"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32009"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="875794"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31766"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="907560"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31228"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="938788"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30630"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="969418"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29261"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="998679"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29414"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1028093"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29229"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1057322"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29112"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1086434"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29865"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1116299"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29233"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1145532"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28937"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1174469"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27984"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1202453"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28329"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1230782"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27478"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1258260"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26453"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1284713"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26439"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1311152"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25751"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1336903"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24941"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1361844"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25202"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1387046"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24143"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1411189"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24586"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1435775"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23274"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1459049"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22770"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1481819"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23180"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1504999"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22762"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1527761"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22272"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1550033"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21495"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1571528"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20806"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1592334"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19084"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1611418"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18351"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1629769"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17731"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1647500"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15894"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1663394"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15486"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1678880"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15713"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1694593"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15226"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1709819"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14374"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1724193"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14442"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1738635"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14025"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1752660"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13688"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1766348"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13166"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1779514"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12863"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1792377"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12516"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1804893"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12432"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1817325"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12237"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1829562"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11755"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1841317"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11470"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1852787"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11251"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1864038"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10875"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1874913"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10674"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1885587"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9932"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1895519"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9706"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1905225"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8690"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1913915"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8360"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1922275"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7637"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1929912"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6532"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1936444"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5355"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1941799"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29240"/>
+  </r>
+  <r>
+    <s v="BDR10"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+</pivotCacheRecords>
 </file>