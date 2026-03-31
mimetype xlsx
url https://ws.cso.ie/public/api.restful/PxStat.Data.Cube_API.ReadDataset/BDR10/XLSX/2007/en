--- v1 (2026-01-24)
+++ v2 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda6c13b17aaf4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c4d7bdc30c14d4787535c590f2c8988.psmdcp" Id="R6712759aff5c4ff8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R666cf143461e4907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7447741a8c284674a6b2c789bb913625.psmdcp" Id="Rb7f2858eaa844314" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>