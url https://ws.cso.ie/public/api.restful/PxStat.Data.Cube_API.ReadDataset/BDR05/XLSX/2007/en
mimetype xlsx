--- v0 (2025-11-05)
+++ v1 (2026-01-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdfa84e172ad44b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/168182d5bf334bb198e7ec5e635fe804.psmdcp" Id="Rbd361948c1a84d2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8c5beab78a4bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ebc6cfca1d5c4a6099bc89dd96b2b9e2.psmdcp" Id="Rf0f4c201c7614554" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BDR05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BDR05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002PDR</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Demographic Results 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -511,387 +511,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L457" totalsRowShown="0">
   <x:autoFilter ref="A1:L457"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Marital Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1164,51 +953,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BDR05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1395,51 +1184,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L457"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="26.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -18797,51 +18586,51 @@
       <x:c r="I457" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L457" s="0">
         <x:v>21037</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18858,51 +18647,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L457" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BDR05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -19373,27 +19162,6412 @@
         <x:n v="20541"/>
         <x:n v="25935"/>
         <x:n v="10570"/>
         <x:n v="12486"/>
         <x:n v="2375"/>
         <x:n v="2648"/>
         <x:n v="4089"/>
         <x:n v="4940"/>
         <x:n v="4106"/>
         <x:n v="4898"/>
         <x:n v="24093"/>
         <x:n v="29240"/>
         <x:n v="5580"/>
         <x:n v="5749"/>
         <x:n v="2078"/>
         <x:n v="2454"/>
         <x:n v="16435"/>
         <x:n v="21037"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1997282"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2142092"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1444405"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1588251"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="184400"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186860"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1800232"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1052575"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122635"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="710616"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="785919"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37041"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825855"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="944707"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1019457"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="733789"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="802332"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="147359"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="250394"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277630"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="250394"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277630"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128740"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142040"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128740"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142040"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121654"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135590"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121654"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135590"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="282943"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264090"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="282943"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264090"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145335"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135890"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145335"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135890"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137608"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128200"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137608"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128200"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="326087"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285708"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="326087"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285708"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="167377"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146114"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="167377"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146114"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158710"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139594"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158710"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139594"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339536"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313188"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="338847"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312520"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="173950"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160413"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="173693"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160218"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="165586"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152775"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="165154"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152302"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="293354"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328334"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="279729"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319033"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13488"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9221"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149143"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165292"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145030"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162504"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4070"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144211"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163042"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134699"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156529"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9418"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6458"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="259045"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312693"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="169575"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244132"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89112"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68365"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129363"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156100"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93741"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129582"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35501"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26468"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129682"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156593"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75834"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114550"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53611"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41897"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="260929"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304676"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83633"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135560"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="176498"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168404"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127735"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152377"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47786"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75562"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79741"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76684"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133194"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152299"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35847"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59998"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="96757"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91720"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="255676"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290906"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48389"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72325"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="205909"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217162"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126140"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144530"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28024"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40703"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97776"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103470"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129536"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146376"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20365"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31622"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="108133"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113692"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="240441"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271984"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35143"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46504"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202820"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222943"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120064"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135301"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20865"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26552"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98583"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108134"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120377"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136683"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14278"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19952"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104237"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114809"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225400"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249604"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29602"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35046"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191433"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210286"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4365"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4272"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113816"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124981"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18382"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20392"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94289"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103478"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111584"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124623"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11220"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14654"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97144"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106808"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3220"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186647"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230843"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23606"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29324"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="156102"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194332"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6939"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7187"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94818"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116585"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14608"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17915"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78601"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96756"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91829"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114258"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8998"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11409"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77501"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97576"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5330"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5273"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153807"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197294"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22157"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23667"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121053"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162429"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10597"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11198"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77809"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99827"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13783"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14468"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61665"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82707"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75998"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97467"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8374"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9199"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59388"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79722"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8236"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8546"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137946"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154252"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22923"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20043"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98360"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118769"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16663"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15440"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68690"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77559"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13898"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12263"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51575"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61838"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69256"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76693"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9025"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7780"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46785"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56931"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13446"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11982"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126809"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133474"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24014"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20146"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77431"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90339"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22989"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60256"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65290"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13763"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11855"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41765"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48792"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66553"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68184"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10251"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8291"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35666"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41547"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20636"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18346"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112542"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112129"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22657"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19666"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56259"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61986"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33626"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30477"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50124"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51719"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11929"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10843"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31864"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35177"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6331"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5699"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62418"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60410"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10728"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8823"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24395"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26809"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27295"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24778"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84097"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89815"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17701"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16804"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32940"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37967"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33456"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35044"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35228"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37377"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8328"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8180"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20364"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22785"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6536"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6412"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48869"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52438"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9373"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8624"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12576"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15182"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26920"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28632"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55771"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58857"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11927"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11497"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16144"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17993"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27700"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29367"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21074"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22283"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4918"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4906"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10476"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11733"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5680"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5644"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34697"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36574"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7009"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6591"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5668"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6260"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22020"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23723"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34663"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41726"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7955"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8397"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6167"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7394"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20541"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25935"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10570"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12486"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4089"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4940"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4106"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4898"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24093"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29240"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5580"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5749"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Ever married (excl. widowed)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16435"/>
+  </r>
+  <r>
+    <s v="BDR05"/>
+    <s v="2002 Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21037"/>
+  </r>
+</pivotCacheRecords>
 </file>