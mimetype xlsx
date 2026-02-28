--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8c5beab78a4bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ebc6cfca1d5c4a6099bc89dd96b2b9e2.psmdcp" Id="Rf0f4c201c7614554" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062c727b738e40f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/798b89ecafc544e1817706a3deb09c0c.psmdcp" Id="Rbefe94e3bdaa4ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>