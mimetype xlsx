--- v0 (2025-11-05)
+++ v1 (2026-03-03)
@@ -1,130 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d811ac013d54034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fbc6be98fece4649a801a6369755c3b3.psmdcp" Id="Re2e70104759f42c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebb10f9c2ae44140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2b5321433f24b0385b1ff46f547d2ef.psmdcp" Id="Rccb09e72f7f44327" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BBM02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Index of Employment (January 1975 to December 2008) in Building and Const</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>In order to reduce burden on respondents and in an attempt to streamline surveys in the CSO, the release for December 2008 reference period is the final release of this inquiry.   Please see results from the Quarterly National Household Survey (QNHS) for an alternative short-term indicator concerning employment in the construction sector.  For a copy of the latest QNHS release, please see the following:Quarterly National Household Survey(https://www.cso.ie/en/media/csoie/releasespublications/documents/labourmarket/2011/qnhs_q42011.pdf) Figures for December 2008 have been revised but amounts to no change.   See background notes(https://www.cso.ie/en/methods/construction/indexofemploymentinconstruction/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BBM02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IEC</x:t>
   </x:si>
   <x:si>
     <x:t>Index of Employment in Construction</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Shane O’Sullivan</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>business_stats@cso.ie</x:t>
+    <x:t>enterprise_stats@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>(+353) 21 453 5206</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
@@ -2797,3403 +2797,918 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...3351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="408">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
+        <item x="285"/>
+        <item x="286"/>
+        <item x="287"/>
+        <item x="288"/>
+        <item x="289"/>
+        <item x="290"/>
+        <item x="291"/>
+        <item x="292"/>
+        <item x="293"/>
+        <item x="294"/>
+        <item x="295"/>
+        <item x="296"/>
+        <item x="297"/>
+        <item x="298"/>
+        <item x="299"/>
+        <item x="300"/>
+        <item x="301"/>
+        <item x="302"/>
+        <item x="303"/>
+        <item x="304"/>
+        <item x="305"/>
+        <item x="306"/>
+        <item x="307"/>
+        <item x="308"/>
+        <item x="309"/>
+        <item x="310"/>
+        <item x="311"/>
+        <item x="312"/>
+        <item x="313"/>
+        <item x="314"/>
+        <item x="315"/>
+        <item x="316"/>
+        <item x="317"/>
+        <item x="318"/>
+        <item x="319"/>
+        <item x="320"/>
+        <item x="321"/>
+        <item x="322"/>
+        <item x="323"/>
+        <item x="324"/>
+        <item x="325"/>
+        <item x="326"/>
+        <item x="327"/>
+        <item x="328"/>
+        <item x="329"/>
+        <item x="330"/>
+        <item x="331"/>
+        <item x="332"/>
+        <item x="333"/>
+        <item x="334"/>
+        <item x="335"/>
+        <item x="336"/>
+        <item x="337"/>
+        <item x="338"/>
+        <item x="339"/>
+        <item x="340"/>
+        <item x="341"/>
+        <item x="342"/>
+        <item x="343"/>
+        <item x="344"/>
+        <item x="345"/>
+        <item x="346"/>
+        <item x="347"/>
+        <item x="348"/>
+        <item x="349"/>
+        <item x="350"/>
+        <item x="351"/>
+        <item x="352"/>
+        <item x="353"/>
+        <item x="354"/>
+        <item x="355"/>
+        <item x="356"/>
+        <item x="357"/>
+        <item x="358"/>
+        <item x="359"/>
+        <item x="360"/>
+        <item x="361"/>
+        <item x="362"/>
+        <item x="363"/>
+        <item x="364"/>
+        <item x="365"/>
+        <item x="366"/>
+        <item x="367"/>
+        <item x="368"/>
+        <item x="369"/>
+        <item x="370"/>
+        <item x="371"/>
+        <item x="372"/>
+        <item x="373"/>
+        <item x="374"/>
+        <item x="375"/>
+        <item x="376"/>
+        <item x="377"/>
+        <item x="378"/>
+        <item x="379"/>
+        <item x="380"/>
+        <item x="381"/>
+        <item x="382"/>
+        <item x="383"/>
+        <item x="384"/>
+        <item x="385"/>
+        <item x="386"/>
+        <item x="387"/>
+        <item x="388"/>
+        <item x="389"/>
+        <item x="390"/>
+        <item x="391"/>
+        <item x="392"/>
+        <item x="393"/>
+        <item x="394"/>
+        <item x="395"/>
+        <item x="396"/>
+        <item x="397"/>
+        <item x="398"/>
+        <item x="399"/>
+        <item x="400"/>
+        <item x="401"/>
+        <item x="402"/>
+        <item x="403"/>
+        <item x="404"/>
+        <item x="405"/>
+        <item x="406"/>
+        <item x="407"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="408">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+        <item x="209"/>
+        <item x="210"/>
+        <item x="211"/>
+        <item x="212"/>
+        <item x="213"/>
+        <item x="214"/>
+        <item x="215"/>
+        <item x="216"/>
+        <item x="217"/>
+        <item x="218"/>
+        <item x="219"/>
+        <item x="220"/>
+        <item x="221"/>
+        <item x="222"/>
+        <item x="223"/>
+        <item x="224"/>
+        <item x="225"/>
+        <item x="226"/>
+        <item x="227"/>
+        <item x="228"/>
+        <item x="229"/>
+        <item x="230"/>
+        <item x="231"/>
+        <item x="232"/>
+        <item x="233"/>
+        <item x="234"/>
+        <item x="235"/>
+        <item x="236"/>
+        <item x="237"/>
+        <item x="238"/>
+        <item x="239"/>
+        <item x="240"/>
+        <item x="241"/>
+        <item x="242"/>
+        <item x="243"/>
+        <item x="244"/>
+        <item x="245"/>
+        <item x="246"/>
+        <item x="247"/>
+        <item x="248"/>
+        <item x="249"/>
+        <item x="250"/>
+        <item x="251"/>
+        <item x="252"/>
+        <item x="253"/>
+        <item x="254"/>
+        <item x="255"/>
+        <item x="256"/>
+        <item x="257"/>
+        <item x="258"/>
+        <item x="259"/>
+        <item x="260"/>
+        <item x="261"/>
+        <item x="262"/>
+        <item x="263"/>
+        <item x="264"/>
+        <item x="265"/>
+        <item x="266"/>
+        <item x="267"/>
+        <item x="268"/>
+        <item x="269"/>
+        <item x="270"/>
+        <item x="271"/>
+        <item x="272"/>
+        <item x="273"/>
+        <item x="274"/>
+        <item x="275"/>
+        <item x="276"/>
+        <item x="277"/>
+        <item x="278"/>
+        <item x="279"/>
+        <item x="280"/>
+        <item x="281"/>
+        <item x="282"/>
+        <item x="283"/>
+        <item x="284"/>
+        <item x="285"/>
+        <item x="286"/>
+        <item x="287"/>
+        <item x="288"/>
+        <item x="289"/>
+        <item x="290"/>
+        <item x="291"/>
+        <item x="292"/>
+        <item x="293"/>
+        <item x="294"/>
+        <item x="295"/>
+        <item x="296"/>
+        <item x="297"/>
+        <item x="298"/>
+        <item x="299"/>
+        <item x="300"/>
+        <item x="301"/>
+        <item x="302"/>
+        <item x="303"/>
+        <item x="304"/>
+        <item x="305"/>
+        <item x="306"/>
+        <item x="307"/>
+        <item x="308"/>
+        <item x="309"/>
+        <item x="310"/>
+        <item x="311"/>
+        <item x="312"/>
+        <item x="313"/>
+        <item x="314"/>
+        <item x="315"/>
+        <item x="316"/>
+        <item x="317"/>
+        <item x="318"/>
+        <item x="319"/>
+        <item x="320"/>
+        <item x="321"/>
+        <item x="322"/>
+        <item x="323"/>
+        <item x="324"/>
+        <item x="325"/>
+        <item x="326"/>
+        <item x="327"/>
+        <item x="328"/>
+        <item x="329"/>
+        <item x="330"/>
+        <item x="331"/>
+        <item x="332"/>
+        <item x="333"/>
+        <item x="334"/>
+        <item x="335"/>
+        <item x="336"/>
+        <item x="337"/>
+        <item x="338"/>
+        <item x="339"/>
+        <item x="340"/>
+        <item x="341"/>
+        <item x="342"/>
+        <item x="343"/>
+        <item x="344"/>
+        <item x="345"/>
+        <item x="346"/>
+        <item x="347"/>
+        <item x="348"/>
+        <item x="349"/>
+        <item x="350"/>
+        <item x="351"/>
+        <item x="352"/>
+        <item x="353"/>
+        <item x="354"/>
+        <item x="355"/>
+        <item x="356"/>
+        <item x="357"/>
+        <item x="358"/>
+        <item x="359"/>
+        <item x="360"/>
+        <item x="361"/>
+        <item x="362"/>
+        <item x="363"/>
+        <item x="364"/>
+        <item x="365"/>
+        <item x="366"/>
+        <item x="367"/>
+        <item x="368"/>
+        <item x="369"/>
+        <item x="370"/>
+        <item x="371"/>
+        <item x="372"/>
+        <item x="373"/>
+        <item x="374"/>
+        <item x="375"/>
+        <item x="376"/>
+        <item x="377"/>
+        <item x="378"/>
+        <item x="379"/>
+        <item x="380"/>
+        <item x="381"/>
+        <item x="382"/>
+        <item x="383"/>
+        <item x="384"/>
+        <item x="385"/>
+        <item x="386"/>
+        <item x="387"/>
+        <item x="388"/>
+        <item x="389"/>
+        <item x="390"/>
+        <item x="391"/>
+        <item x="392"/>
+        <item x="393"/>
+        <item x="394"/>
+        <item x="395"/>
+        <item x="396"/>
+        <item x="397"/>
+        <item x="398"/>
+        <item x="399"/>
+        <item x="400"/>
+        <item x="401"/>
+        <item x="402"/>
+        <item x="403"/>
+        <item x="404"/>
+        <item x="405"/>
+        <item x="406"/>
+        <item x="407"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H409" totalsRowShown="0">
   <x:autoFilter ref="A1:H409"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02196V02652"/>
     <x:tableColumn id="4" name="State"/>
     <x:tableColumn id="5" name="TLIST(M1)"/>
     <x:tableColumn id="6" name="Month"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -6462,51 +3977,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BBM02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -6695,51 +4210,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H409"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="69.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="7.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -17361,51 +14876,51 @@
       <x:c r="E409" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H409" s="0">
         <x:v>76.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17422,51 +14937,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H409" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BBM02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
       <x:sharedItems count="408">
         <x:s v="197501"/>
@@ -18586,27 +16101,4108 @@
         <x:n v="109"/>
         <x:n v="111.1"/>
         <x:n v="113.5"/>
         <x:n v="112.8"/>
         <x:n v="113.8"/>
         <x:n v="107.1"/>
         <x:n v="105"/>
         <x:n v="110.7"/>
         <x:n v="111.2"/>
         <x:n v="99.8"/>
         <x:n v="99"/>
         <x:n v="98.7"/>
         <x:n v="96.4"/>
         <x:n v="94.4"/>
         <x:n v="93.2"/>
         <x:n v="84"/>
         <x:n v="79.6"/>
         <x:n v="76.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197501"/>
+    <s v="1975M01"/>
+    <s v="Base 2000=100"/>
+    <n v="141.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197502"/>
+    <s v="1975M02"/>
+    <s v="Base 2000=100"/>
+    <n v="140.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197503"/>
+    <s v="1975M03"/>
+    <s v="Base 2000=100"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197504"/>
+    <s v="1975M04"/>
+    <s v="Base 2000=100"/>
+    <n v="135.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197505"/>
+    <s v="1975M05"/>
+    <s v="Base 2000=100"/>
+    <n v="135.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197506"/>
+    <s v="1975M06"/>
+    <s v="Base 2000=100"/>
+    <n v="134.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197507"/>
+    <s v="1975M07"/>
+    <s v="Base 2000=100"/>
+    <n v="134.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197508"/>
+    <s v="1975M08"/>
+    <s v="Base 2000=100"/>
+    <n v="128.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197509"/>
+    <s v="1975M09"/>
+    <s v="Base 2000=100"/>
+    <n v="130.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197510"/>
+    <s v="1975M10"/>
+    <s v="Base 2000=100"/>
+    <n v="128.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197511"/>
+    <s v="1975M11"/>
+    <s v="Base 2000=100"/>
+    <n v="126.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197512"/>
+    <s v="1975M12"/>
+    <s v="Base 2000=100"/>
+    <n v="123.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197601"/>
+    <s v="1976M01"/>
+    <s v="Base 2000=100"/>
+    <n v="129.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197602"/>
+    <s v="1976M02"/>
+    <s v="Base 2000=100"/>
+    <n v="127.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197603"/>
+    <s v="1976M03"/>
+    <s v="Base 2000=100"/>
+    <n v="127.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197604"/>
+    <s v="1976M04"/>
+    <s v="Base 2000=100"/>
+    <n v="126.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197605"/>
+    <s v="1976M05"/>
+    <s v="Base 2000=100"/>
+    <n v="126.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197606"/>
+    <s v="1976M06"/>
+    <s v="Base 2000=100"/>
+    <n v="127.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197607"/>
+    <s v="1976M07"/>
+    <s v="Base 2000=100"/>
+    <n v="128.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197608"/>
+    <s v="1976M08"/>
+    <s v="Base 2000=100"/>
+    <n v="126.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197609"/>
+    <s v="1976M09"/>
+    <s v="Base 2000=100"/>
+    <n v="129.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197610"/>
+    <s v="1976M10"/>
+    <s v="Base 2000=100"/>
+    <n v="129.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197611"/>
+    <s v="1976M11"/>
+    <s v="Base 2000=100"/>
+    <n v="129.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197612"/>
+    <s v="1976M12"/>
+    <s v="Base 2000=100"/>
+    <n v="127.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197701"/>
+    <s v="1977M01"/>
+    <s v="Base 2000=100"/>
+    <n v="130.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197702"/>
+    <s v="1977M02"/>
+    <s v="Base 2000=100"/>
+    <n v="132.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197703"/>
+    <s v="1977M03"/>
+    <s v="Base 2000=100"/>
+    <n v="132.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197704"/>
+    <s v="1977M04"/>
+    <s v="Base 2000=100"/>
+    <n v="133.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197705"/>
+    <s v="1977M05"/>
+    <s v="Base 2000=100"/>
+    <n v="132.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197706"/>
+    <s v="1977M06"/>
+    <s v="Base 2000=100"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197707"/>
+    <s v="1977M07"/>
+    <s v="Base 2000=100"/>
+    <n v="136.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197708"/>
+    <s v="1977M08"/>
+    <s v="Base 2000=100"/>
+    <n v="132.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197709"/>
+    <s v="1977M09"/>
+    <s v="Base 2000=100"/>
+    <n v="137.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197710"/>
+    <s v="1977M10"/>
+    <s v="Base 2000=100"/>
+    <n v="137.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197711"/>
+    <s v="1977M11"/>
+    <s v="Base 2000=100"/>
+    <n v="138.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197712"/>
+    <s v="1977M12"/>
+    <s v="Base 2000=100"/>
+    <n v="138.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197801"/>
+    <s v="1978M01"/>
+    <s v="Base 2000=100"/>
+    <n v="141.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197802"/>
+    <s v="1978M02"/>
+    <s v="Base 2000=100"/>
+    <n v="143.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197803"/>
+    <s v="1978M03"/>
+    <s v="Base 2000=100"/>
+    <n v="144.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197804"/>
+    <s v="1978M04"/>
+    <s v="Base 2000=100"/>
+    <n v="146.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197805"/>
+    <s v="1978M05"/>
+    <s v="Base 2000=100"/>
+    <n v="146.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197806"/>
+    <s v="1978M06"/>
+    <s v="Base 2000=100"/>
+    <n v="148.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197807"/>
+    <s v="1978M07"/>
+    <s v="Base 2000=100"/>
+    <n v="150.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197808"/>
+    <s v="1978M08"/>
+    <s v="Base 2000=100"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197809"/>
+    <s v="1978M09"/>
+    <s v="Base 2000=100"/>
+    <n v="148.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197810"/>
+    <s v="1978M10"/>
+    <s v="Base 2000=100"/>
+    <n v="149.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197811"/>
+    <s v="1978M11"/>
+    <s v="Base 2000=100"/>
+    <n v="148.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197812"/>
+    <s v="1978M12"/>
+    <s v="Base 2000=100"/>
+    <n v="148.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197901"/>
+    <s v="1979M01"/>
+    <s v="Base 2000=100"/>
+    <n v="150.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197902"/>
+    <s v="1979M02"/>
+    <s v="Base 2000=100"/>
+    <n v="153.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197903"/>
+    <s v="1979M03"/>
+    <s v="Base 2000=100"/>
+    <n v="156.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197904"/>
+    <s v="1979M04"/>
+    <s v="Base 2000=100"/>
+    <n v="157.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197905"/>
+    <s v="1979M05"/>
+    <s v="Base 2000=100"/>
+    <n v="160.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197906"/>
+    <s v="1979M06"/>
+    <s v="Base 2000=100"/>
+    <n v="161.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197907"/>
+    <s v="1979M07"/>
+    <s v="Base 2000=100"/>
+    <n v="162.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197908"/>
+    <s v="1979M08"/>
+    <s v="Base 2000=100"/>
+    <n v="157.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197909"/>
+    <s v="1979M09"/>
+    <s v="Base 2000=100"/>
+    <n v="162.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197910"/>
+    <s v="1979M10"/>
+    <s v="Base 2000=100"/>
+    <n v="163.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197911"/>
+    <s v="1979M11"/>
+    <s v="Base 2000=100"/>
+    <n v="162.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="197912"/>
+    <s v="1979M12"/>
+    <s v="Base 2000=100"/>
+    <n v="158.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198001"/>
+    <s v="1980M01"/>
+    <s v="Base 2000=100"/>
+    <n v="158.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198002"/>
+    <s v="1980M02"/>
+    <s v="Base 2000=100"/>
+    <n v="158.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198003"/>
+    <s v="1980M03"/>
+    <s v="Base 2000=100"/>
+    <n v="159.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198004"/>
+    <s v="1980M04"/>
+    <s v="Base 2000=100"/>
+    <n v="157.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198005"/>
+    <s v="1980M05"/>
+    <s v="Base 2000=100"/>
+    <n v="160.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198006"/>
+    <s v="1980M06"/>
+    <s v="Base 2000=100"/>
+    <n v="159.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198007"/>
+    <s v="1980M07"/>
+    <s v="Base 2000=100"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198008"/>
+    <s v="1980M08"/>
+    <s v="Base 2000=100"/>
+    <n v="152.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198009"/>
+    <s v="1980M09"/>
+    <s v="Base 2000=100"/>
+    <n v="154.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198010"/>
+    <s v="1980M10"/>
+    <s v="Base 2000=100"/>
+    <n v="153.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198011"/>
+    <s v="1980M11"/>
+    <s v="Base 2000=100"/>
+    <n v="152.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198012"/>
+    <s v="1980M12"/>
+    <s v="Base 2000=100"/>
+    <n v="150.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198101"/>
+    <s v="1981M01"/>
+    <s v="Base 2000=100"/>
+    <n v="148.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198102"/>
+    <s v="1981M02"/>
+    <s v="Base 2000=100"/>
+    <n v="148.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198103"/>
+    <s v="1981M03"/>
+    <s v="Base 2000=100"/>
+    <n v="148.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198104"/>
+    <s v="1981M04"/>
+    <s v="Base 2000=100"/>
+    <n v="149.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198105"/>
+    <s v="1981M05"/>
+    <s v="Base 2000=100"/>
+    <n v="152.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198106"/>
+    <s v="1981M06"/>
+    <s v="Base 2000=100"/>
+    <n v="156.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198107"/>
+    <s v="1981M07"/>
+    <s v="Base 2000=100"/>
+    <n v="159.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198108"/>
+    <s v="1981M08"/>
+    <s v="Base 2000=100"/>
+    <n v="155.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198109"/>
+    <s v="1981M09"/>
+    <s v="Base 2000=100"/>
+    <n v="157.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198110"/>
+    <s v="1981M10"/>
+    <s v="Base 2000=100"/>
+    <n v="154.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198111"/>
+    <s v="1981M11"/>
+    <s v="Base 2000=100"/>
+    <n v="152.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198112"/>
+    <s v="1981M12"/>
+    <s v="Base 2000=100"/>
+    <n v="150.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198201"/>
+    <s v="1982M01"/>
+    <s v="Base 2000=100"/>
+    <n v="142.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198202"/>
+    <s v="1982M02"/>
+    <s v="Base 2000=100"/>
+    <n v="140.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198203"/>
+    <s v="1982M03"/>
+    <s v="Base 2000=100"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198204"/>
+    <s v="1982M04"/>
+    <s v="Base 2000=100"/>
+    <n v="138.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198205"/>
+    <s v="1982M05"/>
+    <s v="Base 2000=100"/>
+    <n v="138.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198206"/>
+    <s v="1982M06"/>
+    <s v="Base 2000=100"/>
+    <n v="140.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198207"/>
+    <s v="1982M07"/>
+    <s v="Base 2000=100"/>
+    <n v="140.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198208"/>
+    <s v="1982M08"/>
+    <s v="Base 2000=100"/>
+    <n v="133.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198209"/>
+    <s v="1982M09"/>
+    <s v="Base 2000=100"/>
+    <n v="132.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198210"/>
+    <s v="1982M10"/>
+    <s v="Base 2000=100"/>
+    <n v="130.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198211"/>
+    <s v="1982M11"/>
+    <s v="Base 2000=100"/>
+    <n v="127.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198212"/>
+    <s v="1982M12"/>
+    <s v="Base 2000=100"/>
+    <n v="122.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198301"/>
+    <s v="1983M01"/>
+    <s v="Base 2000=100"/>
+    <n v="117.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198302"/>
+    <s v="1983M02"/>
+    <s v="Base 2000=100"/>
+    <n v="115.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198303"/>
+    <s v="1983M03"/>
+    <s v="Base 2000=100"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198304"/>
+    <s v="1983M04"/>
+    <s v="Base 2000=100"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198305"/>
+    <s v="1983M05"/>
+    <s v="Base 2000=100"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198306"/>
+    <s v="1983M06"/>
+    <s v="Base 2000=100"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198307"/>
+    <s v="1983M07"/>
+    <s v="Base 2000=100"/>
+    <n v="112.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198308"/>
+    <s v="1983M08"/>
+    <s v="Base 2000=100"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198309"/>
+    <s v="1983M09"/>
+    <s v="Base 2000=100"/>
+    <n v="109.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198310"/>
+    <s v="1983M10"/>
+    <s v="Base 2000=100"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198311"/>
+    <s v="1983M11"/>
+    <s v="Base 2000=100"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198312"/>
+    <s v="1983M12"/>
+    <s v="Base 2000=100"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198401"/>
+    <s v="1984M01"/>
+    <s v="Base 2000=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198402"/>
+    <s v="1984M02"/>
+    <s v="Base 2000=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198403"/>
+    <s v="1984M03"/>
+    <s v="Base 2000=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198404"/>
+    <s v="1984M04"/>
+    <s v="Base 2000=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198405"/>
+    <s v="1984M05"/>
+    <s v="Base 2000=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198406"/>
+    <s v="1984M06"/>
+    <s v="Base 2000=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198407"/>
+    <s v="1984M07"/>
+    <s v="Base 2000=100"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198408"/>
+    <s v="1984M08"/>
+    <s v="Base 2000=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198409"/>
+    <s v="1984M09"/>
+    <s v="Base 2000=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198410"/>
+    <s v="1984M10"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198411"/>
+    <s v="1984M11"/>
+    <s v="Base 2000=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198412"/>
+    <s v="1984M12"/>
+    <s v="Base 2000=100"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198501"/>
+    <s v="1985M01"/>
+    <s v="Base 2000=100"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198502"/>
+    <s v="1985M02"/>
+    <s v="Base 2000=100"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198503"/>
+    <s v="1985M03"/>
+    <s v="Base 2000=100"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198504"/>
+    <s v="1985M04"/>
+    <s v="Base 2000=100"/>
+    <n v="86.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198505"/>
+    <s v="1985M05"/>
+    <s v="Base 2000=100"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198506"/>
+    <s v="1985M06"/>
+    <s v="Base 2000=100"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198507"/>
+    <s v="1985M07"/>
+    <s v="Base 2000=100"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198508"/>
+    <s v="1985M08"/>
+    <s v="Base 2000=100"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198509"/>
+    <s v="1985M09"/>
+    <s v="Base 2000=100"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198510"/>
+    <s v="1985M10"/>
+    <s v="Base 2000=100"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198511"/>
+    <s v="1985M11"/>
+    <s v="Base 2000=100"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198512"/>
+    <s v="1985M12"/>
+    <s v="Base 2000=100"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198601"/>
+    <s v="1986M01"/>
+    <s v="Base 2000=100"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198602"/>
+    <s v="1986M02"/>
+    <s v="Base 2000=100"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198603"/>
+    <s v="1986M03"/>
+    <s v="Base 2000=100"/>
+    <n v="77.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198604"/>
+    <s v="1986M04"/>
+    <s v="Base 2000=100"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198605"/>
+    <s v="1986M05"/>
+    <s v="Base 2000=100"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198606"/>
+    <s v="1986M06"/>
+    <s v="Base 2000=100"/>
+    <n v="75.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198607"/>
+    <s v="1986M07"/>
+    <s v="Base 2000=100"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198608"/>
+    <s v="1986M08"/>
+    <s v="Base 2000=100"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198609"/>
+    <s v="1986M09"/>
+    <s v="Base 2000=100"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198610"/>
+    <s v="1986M10"/>
+    <s v="Base 2000=100"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198611"/>
+    <s v="1986M11"/>
+    <s v="Base 2000=100"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198612"/>
+    <s v="1986M12"/>
+    <s v="Base 2000=100"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198701"/>
+    <s v="1987M01"/>
+    <s v="Base 2000=100"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198702"/>
+    <s v="1987M02"/>
+    <s v="Base 2000=100"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198703"/>
+    <s v="1987M03"/>
+    <s v="Base 2000=100"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198704"/>
+    <s v="1987M04"/>
+    <s v="Base 2000=100"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198705"/>
+    <s v="1987M05"/>
+    <s v="Base 2000=100"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198706"/>
+    <s v="1987M06"/>
+    <s v="Base 2000=100"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198707"/>
+    <s v="1987M07"/>
+    <s v="Base 2000=100"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198708"/>
+    <s v="1987M08"/>
+    <s v="Base 2000=100"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198709"/>
+    <s v="1987M09"/>
+    <s v="Base 2000=100"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198710"/>
+    <s v="1987M10"/>
+    <s v="Base 2000=100"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198711"/>
+    <s v="1987M11"/>
+    <s v="Base 2000=100"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198712"/>
+    <s v="1987M12"/>
+    <s v="Base 2000=100"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198801"/>
+    <s v="1988M01"/>
+    <s v="Base 2000=100"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198802"/>
+    <s v="1988M02"/>
+    <s v="Base 2000=100"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198803"/>
+    <s v="1988M03"/>
+    <s v="Base 2000=100"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198804"/>
+    <s v="1988M04"/>
+    <s v="Base 2000=100"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198805"/>
+    <s v="1988M05"/>
+    <s v="Base 2000=100"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198806"/>
+    <s v="1988M06"/>
+    <s v="Base 2000=100"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198807"/>
+    <s v="1988M07"/>
+    <s v="Base 2000=100"/>
+    <n v="62.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198808"/>
+    <s v="1988M08"/>
+    <s v="Base 2000=100"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198809"/>
+    <s v="1988M09"/>
+    <s v="Base 2000=100"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198810"/>
+    <s v="1988M10"/>
+    <s v="Base 2000=100"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198811"/>
+    <s v="1988M11"/>
+    <s v="Base 2000=100"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198812"/>
+    <s v="1988M12"/>
+    <s v="Base 2000=100"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198901"/>
+    <s v="1989M01"/>
+    <s v="Base 2000=100"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198902"/>
+    <s v="1989M02"/>
+    <s v="Base 2000=100"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198903"/>
+    <s v="1989M03"/>
+    <s v="Base 2000=100"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198904"/>
+    <s v="1989M04"/>
+    <s v="Base 2000=100"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198905"/>
+    <s v="1989M05"/>
+    <s v="Base 2000=100"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198906"/>
+    <s v="1989M06"/>
+    <s v="Base 2000=100"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198907"/>
+    <s v="1989M07"/>
+    <s v="Base 2000=100"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198908"/>
+    <s v="1989M08"/>
+    <s v="Base 2000=100"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198909"/>
+    <s v="1989M09"/>
+    <s v="Base 2000=100"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198910"/>
+    <s v="1989M10"/>
+    <s v="Base 2000=100"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198911"/>
+    <s v="1989M11"/>
+    <s v="Base 2000=100"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="198912"/>
+    <s v="1989M12"/>
+    <s v="Base 2000=100"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199001"/>
+    <s v="1990M01"/>
+    <s v="Base 2000=100"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199002"/>
+    <s v="1990M02"/>
+    <s v="Base 2000=100"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199003"/>
+    <s v="1990M03"/>
+    <s v="Base 2000=100"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199004"/>
+    <s v="1990M04"/>
+    <s v="Base 2000=100"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199005"/>
+    <s v="1990M05"/>
+    <s v="Base 2000=100"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199006"/>
+    <s v="1990M06"/>
+    <s v="Base 2000=100"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199007"/>
+    <s v="1990M07"/>
+    <s v="Base 2000=100"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199008"/>
+    <s v="1990M08"/>
+    <s v="Base 2000=100"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199009"/>
+    <s v="1990M09"/>
+    <s v="Base 2000=100"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199010"/>
+    <s v="1990M10"/>
+    <s v="Base 2000=100"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199011"/>
+    <s v="1990M11"/>
+    <s v="Base 2000=100"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199012"/>
+    <s v="1990M12"/>
+    <s v="Base 2000=100"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199101"/>
+    <s v="1991M01"/>
+    <s v="Base 2000=100"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199102"/>
+    <s v="1991M02"/>
+    <s v="Base 2000=100"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199103"/>
+    <s v="1991M03"/>
+    <s v="Base 2000=100"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199104"/>
+    <s v="1991M04"/>
+    <s v="Base 2000=100"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199105"/>
+    <s v="1991M05"/>
+    <s v="Base 2000=100"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199106"/>
+    <s v="1991M06"/>
+    <s v="Base 2000=100"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199107"/>
+    <s v="1991M07"/>
+    <s v="Base 2000=100"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199108"/>
+    <s v="1991M08"/>
+    <s v="Base 2000=100"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199109"/>
+    <s v="1991M09"/>
+    <s v="Base 2000=100"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199110"/>
+    <s v="1991M10"/>
+    <s v="Base 2000=100"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199111"/>
+    <s v="1991M11"/>
+    <s v="Base 2000=100"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199112"/>
+    <s v="1991M12"/>
+    <s v="Base 2000=100"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199201"/>
+    <s v="1992M01"/>
+    <s v="Base 2000=100"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199202"/>
+    <s v="1992M02"/>
+    <s v="Base 2000=100"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199203"/>
+    <s v="1992M03"/>
+    <s v="Base 2000=100"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199204"/>
+    <s v="1992M04"/>
+    <s v="Base 2000=100"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199205"/>
+    <s v="1992M05"/>
+    <s v="Base 2000=100"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199206"/>
+    <s v="1992M06"/>
+    <s v="Base 2000=100"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199207"/>
+    <s v="1992M07"/>
+    <s v="Base 2000=100"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199208"/>
+    <s v="1992M08"/>
+    <s v="Base 2000=100"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199209"/>
+    <s v="1992M09"/>
+    <s v="Base 2000=100"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199210"/>
+    <s v="1992M10"/>
+    <s v="Base 2000=100"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199211"/>
+    <s v="1992M11"/>
+    <s v="Base 2000=100"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199212"/>
+    <s v="1992M12"/>
+    <s v="Base 2000=100"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199301"/>
+    <s v="1993M01"/>
+    <s v="Base 2000=100"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199302"/>
+    <s v="1993M02"/>
+    <s v="Base 2000=100"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199303"/>
+    <s v="1993M03"/>
+    <s v="Base 2000=100"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199304"/>
+    <s v="1993M04"/>
+    <s v="Base 2000=100"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199305"/>
+    <s v="1993M05"/>
+    <s v="Base 2000=100"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199306"/>
+    <s v="1993M06"/>
+    <s v="Base 2000=100"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199307"/>
+    <s v="1993M07"/>
+    <s v="Base 2000=100"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199308"/>
+    <s v="1993M08"/>
+    <s v="Base 2000=100"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199309"/>
+    <s v="1993M09"/>
+    <s v="Base 2000=100"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199310"/>
+    <s v="1993M10"/>
+    <s v="Base 2000=100"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199311"/>
+    <s v="1993M11"/>
+    <s v="Base 2000=100"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199312"/>
+    <s v="1993M12"/>
+    <s v="Base 2000=100"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199401"/>
+    <s v="1994M01"/>
+    <s v="Base 2000=100"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199402"/>
+    <s v="1994M02"/>
+    <s v="Base 2000=100"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199403"/>
+    <s v="1994M03"/>
+    <s v="Base 2000=100"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199404"/>
+    <s v="1994M04"/>
+    <s v="Base 2000=100"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199405"/>
+    <s v="1994M05"/>
+    <s v="Base 2000=100"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199406"/>
+    <s v="1994M06"/>
+    <s v="Base 2000=100"/>
+    <n v="65.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199407"/>
+    <s v="1994M07"/>
+    <s v="Base 2000=100"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199408"/>
+    <s v="1994M08"/>
+    <s v="Base 2000=100"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199409"/>
+    <s v="1994M09"/>
+    <s v="Base 2000=100"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199410"/>
+    <s v="1994M10"/>
+    <s v="Base 2000=100"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199411"/>
+    <s v="1994M11"/>
+    <s v="Base 2000=100"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199412"/>
+    <s v="1994M12"/>
+    <s v="Base 2000=100"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199501"/>
+    <s v="1995M01"/>
+    <s v="Base 2000=100"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199502"/>
+    <s v="1995M02"/>
+    <s v="Base 2000=100"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199503"/>
+    <s v="1995M03"/>
+    <s v="Base 2000=100"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199504"/>
+    <s v="1995M04"/>
+    <s v="Base 2000=100"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199505"/>
+    <s v="1995M05"/>
+    <s v="Base 2000=100"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199506"/>
+    <s v="1995M06"/>
+    <s v="Base 2000=100"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199507"/>
+    <s v="1995M07"/>
+    <s v="Base 2000=100"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199508"/>
+    <s v="1995M08"/>
+    <s v="Base 2000=100"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199509"/>
+    <s v="1995M09"/>
+    <s v="Base 2000=100"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199510"/>
+    <s v="1995M10"/>
+    <s v="Base 2000=100"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199511"/>
+    <s v="1995M11"/>
+    <s v="Base 2000=100"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199512"/>
+    <s v="1995M12"/>
+    <s v="Base 2000=100"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199601"/>
+    <s v="1996M01"/>
+    <s v="Base 2000=100"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199602"/>
+    <s v="1996M02"/>
+    <s v="Base 2000=100"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199603"/>
+    <s v="1996M03"/>
+    <s v="Base 2000=100"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199604"/>
+    <s v="1996M04"/>
+    <s v="Base 2000=100"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199605"/>
+    <s v="1996M05"/>
+    <s v="Base 2000=100"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199606"/>
+    <s v="1996M06"/>
+    <s v="Base 2000=100"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199607"/>
+    <s v="1996M07"/>
+    <s v="Base 2000=100"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199608"/>
+    <s v="1996M08"/>
+    <s v="Base 2000=100"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199609"/>
+    <s v="1996M09"/>
+    <s v="Base 2000=100"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199610"/>
+    <s v="1996M10"/>
+    <s v="Base 2000=100"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199611"/>
+    <s v="1996M11"/>
+    <s v="Base 2000=100"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199612"/>
+    <s v="1996M12"/>
+    <s v="Base 2000=100"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199701"/>
+    <s v="1997M01"/>
+    <s v="Base 2000=100"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199702"/>
+    <s v="1997M02"/>
+    <s v="Base 2000=100"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199703"/>
+    <s v="1997M03"/>
+    <s v="Base 2000=100"/>
+    <n v="82.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199704"/>
+    <s v="1997M04"/>
+    <s v="Base 2000=100"/>
+    <n v="80.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199705"/>
+    <s v="1997M05"/>
+    <s v="Base 2000=100"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199706"/>
+    <s v="1997M06"/>
+    <s v="Base 2000=100"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199707"/>
+    <s v="1997M07"/>
+    <s v="Base 2000=100"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199708"/>
+    <s v="1997M08"/>
+    <s v="Base 2000=100"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199709"/>
+    <s v="1997M09"/>
+    <s v="Base 2000=100"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199710"/>
+    <s v="1997M10"/>
+    <s v="Base 2000=100"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199711"/>
+    <s v="1997M11"/>
+    <s v="Base 2000=100"/>
+    <n v="80.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199712"/>
+    <s v="1997M12"/>
+    <s v="Base 2000=100"/>
+    <n v="80.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199801"/>
+    <s v="1998M01"/>
+    <s v="Base 2000=100"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199802"/>
+    <s v="1998M02"/>
+    <s v="Base 2000=100"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199803"/>
+    <s v="1998M03"/>
+    <s v="Base 2000=100"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199804"/>
+    <s v="1998M04"/>
+    <s v="Base 2000=100"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199805"/>
+    <s v="1998M05"/>
+    <s v="Base 2000=100"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199806"/>
+    <s v="1998M06"/>
+    <s v="Base 2000=100"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199807"/>
+    <s v="1998M07"/>
+    <s v="Base 2000=100"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199808"/>
+    <s v="1998M08"/>
+    <s v="Base 2000=100"/>
+    <n v="88.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199809"/>
+    <s v="1998M09"/>
+    <s v="Base 2000=100"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199810"/>
+    <s v="1998M10"/>
+    <s v="Base 2000=100"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199811"/>
+    <s v="1998M11"/>
+    <s v="Base 2000=100"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199812"/>
+    <s v="1998M12"/>
+    <s v="Base 2000=100"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199901"/>
+    <s v="1999M01"/>
+    <s v="Base 2000=100"/>
+    <n v="94.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199902"/>
+    <s v="1999M02"/>
+    <s v="Base 2000=100"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199903"/>
+    <s v="1999M03"/>
+    <s v="Base 2000=100"/>
+    <n v="95.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199904"/>
+    <s v="1999M04"/>
+    <s v="Base 2000=100"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199905"/>
+    <s v="1999M05"/>
+    <s v="Base 2000=100"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199906"/>
+    <s v="1999M06"/>
+    <s v="Base 2000=100"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199907"/>
+    <s v="1999M07"/>
+    <s v="Base 2000=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199908"/>
+    <s v="1999M08"/>
+    <s v="Base 2000=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199909"/>
+    <s v="1999M09"/>
+    <s v="Base 2000=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199910"/>
+    <s v="1999M10"/>
+    <s v="Base 2000=100"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199911"/>
+    <s v="1999M11"/>
+    <s v="Base 2000=100"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="199912"/>
+    <s v="1999M12"/>
+    <s v="Base 2000=100"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200001"/>
+    <s v="2000M01"/>
+    <s v="Base 2000=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200002"/>
+    <s v="2000M02"/>
+    <s v="Base 2000=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200003"/>
+    <s v="2000M03"/>
+    <s v="Base 2000=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200004"/>
+    <s v="2000M04"/>
+    <s v="Base 2000=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200005"/>
+    <s v="2000M05"/>
+    <s v="Base 2000=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200006"/>
+    <s v="2000M06"/>
+    <s v="Base 2000=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200007"/>
+    <s v="2000M07"/>
+    <s v="Base 2000=100"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200008"/>
+    <s v="2000M08"/>
+    <s v="Base 2000=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200009"/>
+    <s v="2000M09"/>
+    <s v="Base 2000=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200010"/>
+    <s v="2000M10"/>
+    <s v="Base 2000=100"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200011"/>
+    <s v="2000M11"/>
+    <s v="Base 2000=100"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200012"/>
+    <s v="2000M12"/>
+    <s v="Base 2000=100"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200101"/>
+    <s v="2001M01"/>
+    <s v="Base 2000=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200102"/>
+    <s v="2001M02"/>
+    <s v="Base 2000=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200103"/>
+    <s v="2001M03"/>
+    <s v="Base 2000=100"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200104"/>
+    <s v="2001M04"/>
+    <s v="Base 2000=100"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200105"/>
+    <s v="2001M05"/>
+    <s v="Base 2000=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200106"/>
+    <s v="2001M06"/>
+    <s v="Base 2000=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200107"/>
+    <s v="2001M07"/>
+    <s v="Base 2000=100"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200108"/>
+    <s v="2001M08"/>
+    <s v="Base 2000=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200109"/>
+    <s v="2001M09"/>
+    <s v="Base 2000=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200110"/>
+    <s v="2001M10"/>
+    <s v="Base 2000=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200111"/>
+    <s v="2001M11"/>
+    <s v="Base 2000=100"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200112"/>
+    <s v="2001M12"/>
+    <s v="Base 2000=100"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200201"/>
+    <s v="2002M01"/>
+    <s v="Base 2000=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200202"/>
+    <s v="2002M02"/>
+    <s v="Base 2000=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200203"/>
+    <s v="2002M03"/>
+    <s v="Base 2000=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200204"/>
+    <s v="2002M04"/>
+    <s v="Base 2000=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200205"/>
+    <s v="2002M05"/>
+    <s v="Base 2000=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200206"/>
+    <s v="2002M06"/>
+    <s v="Base 2000=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200207"/>
+    <s v="2002M07"/>
+    <s v="Base 2000=100"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200208"/>
+    <s v="2002M08"/>
+    <s v="Base 2000=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200209"/>
+    <s v="2002M09"/>
+    <s v="Base 2000=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200210"/>
+    <s v="2002M10"/>
+    <s v="Base 2000=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200211"/>
+    <s v="2002M11"/>
+    <s v="Base 2000=100"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200212"/>
+    <s v="2002M12"/>
+    <s v="Base 2000=100"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200301"/>
+    <s v="2003M01"/>
+    <s v="Base 2000=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200302"/>
+    <s v="2003M02"/>
+    <s v="Base 2000=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200303"/>
+    <s v="2003M03"/>
+    <s v="Base 2000=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200304"/>
+    <s v="2003M04"/>
+    <s v="Base 2000=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200305"/>
+    <s v="2003M05"/>
+    <s v="Base 2000=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200306"/>
+    <s v="2003M06"/>
+    <s v="Base 2000=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200307"/>
+    <s v="2003M07"/>
+    <s v="Base 2000=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200308"/>
+    <s v="2003M08"/>
+    <s v="Base 2000=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200309"/>
+    <s v="2003M09"/>
+    <s v="Base 2000=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200310"/>
+    <s v="2003M10"/>
+    <s v="Base 2000=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200311"/>
+    <s v="2003M11"/>
+    <s v="Base 2000=100"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200312"/>
+    <s v="2003M12"/>
+    <s v="Base 2000=100"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200401"/>
+    <s v="2004M01"/>
+    <s v="Base 2000=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200402"/>
+    <s v="2004M02"/>
+    <s v="Base 2000=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200403"/>
+    <s v="2004M03"/>
+    <s v="Base 2000=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200404"/>
+    <s v="2004M04"/>
+    <s v="Base 2000=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200405"/>
+    <s v="2004M05"/>
+    <s v="Base 2000=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200406"/>
+    <s v="2004M06"/>
+    <s v="Base 2000=100"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200407"/>
+    <s v="2004M07"/>
+    <s v="Base 2000=100"/>
+    <n v="108.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200408"/>
+    <s v="2004M08"/>
+    <s v="Base 2000=100"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200409"/>
+    <s v="2004M09"/>
+    <s v="Base 2000=100"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200410"/>
+    <s v="2004M10"/>
+    <s v="Base 2000=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200411"/>
+    <s v="2004M11"/>
+    <s v="Base 2000=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200412"/>
+    <s v="2004M12"/>
+    <s v="Base 2000=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Base 2000=100"/>
+    <n v="107.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Base 2000=100"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Base 2000=100"/>
+    <n v="107.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Base 2000=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Base 2000=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Base 2000=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Base 2000=100"/>
+    <n v="110.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Base 2000=100"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Base 2000=100"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Base 2000=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Base 2000=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Base 2000=100"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Base 2000=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Base 2000=100"/>
+    <n v="109.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Base 2000=100"/>
+    <n v="110.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Base 2000=100"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Base 2000=100"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Base 2000=100"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Base 2000=100"/>
+    <n v="113.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Base 2000=100"/>
+    <n v="112.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Base 2000=100"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Base 2000=100"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Base 2000=100"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Base 2000=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Base 2000=100"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Base 2000=100"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Base 2000=100"/>
+    <n v="110.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Base 2000=100"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Base 2000=100"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Base 2000=100"/>
+    <n v="109.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Base 2000=100"/>
+    <n v="111.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Base 2000=100"/>
+    <n v="110.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Base 2000=100"/>
+    <n v="110.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Base 2000=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Base 2000=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Base 2000=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Base 2000=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Base 2000=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Base 2000=100"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Base 2000=100"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Base 2000=100"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Base 2000=100"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Base 2000=100"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Base 2000=100"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Base 2000=100"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Base 2000=100"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Base 2000=100"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="BBM02"/>
+    <s v="Index of Employment (January 1975 to December 2008) in Building and Const"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Base 2000=100"/>
+    <n v="76.9"/>
+  </r>
+</pivotCacheRecords>
 </file>