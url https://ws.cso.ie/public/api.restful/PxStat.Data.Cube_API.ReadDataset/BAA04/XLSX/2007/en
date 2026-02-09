--- v0 (2025-11-17)
+++ v1 (2026-02-09)
@@ -1,130 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R225435e3d6824f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8eaa6c5fd93439bb183fc43b9a3ec67.psmdcp" Id="Rd44a45749ef24af0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377b68b4030b4d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb77e911b9584c47be60804ac5317010.psmdcp" Id="R9211253cf52f41aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BAA04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons Engaged in Building and Construction Industry (1995 - 2005)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/15/2020 11:00:00 AM</x:t>
+    <x:t>15/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The annual Census is intended to cover firms in the private (i.e. non-State) sector with 20 or persons engaged whose main activity is building, construction or civil engineering.  The numbers in employment refers to the situation as of mid-September.  See background notes (https://www.cso.ie/en/methods/construction/buildingandconstructioninquiry/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BAA04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>ESC</x:t>
   </x:si>
   <x:si>
     <x:t>Enterprise Statistics on Construction</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Shane O’Sullivan</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
-    <x:t>business_stats@cso.ie</x:t>
+    <x:t>enterprise_stats@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>(+353) 21 453 5206</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
@@ -505,395 +505,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01903V02345" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employee Grade" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02407V02905" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Building Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J925" totalsRowShown="0">
   <x:autoFilter ref="A1:J925"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C01903V02345"/>
     <x:tableColumn id="4" name="Employee Grade"/>
     <x:tableColumn id="5" name="C02407V02905"/>
     <x:tableColumn id="6" name="Building Sector"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Year"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1164,51 +941,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BAA04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1397,51 +1174,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J925"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="61.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="52.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="66.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -31031,51 +30808,51 @@
       <x:c r="G925" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H925" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I925" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J925" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31092,51 +30869,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J925" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BAA04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C01903V02345">
       <x:sharedItems count="14">
         <x:s v="-"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="022"/>
         <x:s v="023"/>
         <x:s v="024"/>
         <x:s v="03"/>
         <x:s v="031"/>
         <x:s v="032"/>
         <x:s v="033"/>
         <x:s v="034"/>
@@ -31873,27 +31650,11116 @@
         <x:n v="1562"/>
         <x:n v="993"/>
         <x:n v="1129"/>
         <x:n v="1574"/>
         <x:n v="1418"/>
         <x:n v="1340"/>
         <x:n v="1909"/>
         <x:n v="1635"/>
         <x:n v="1756"/>
         <x:n v="261"/>
         <x:n v="288"/>
         <x:n v="330"/>
         <x:n v="569"/>
         <x:n v="652"/>
         <x:n v="608"/>
         <x:n v="557"/>
         <x:n v="402"/>
         <x:n v="20"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="17729"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22748"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="29214"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="33300"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="40162"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="44965"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="46371"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51738"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="56556"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="63604"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="66690"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="12179"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15989"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="18454"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="23171"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="28155"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="31391"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="32013"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34970"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="38861"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="45636"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="25394"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5183"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="8599"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="8036"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="9421"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="10058"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="10574"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12129"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="12748"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="13620"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="14756"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="-"/>
+    <s v="All grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="10304"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12921"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="16208"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="17677"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="21356"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="24015"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="24891"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27943"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="29089"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="32594"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="33752"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="6379"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8287"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="9304"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="11108"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="13517"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="15486"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="15891"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17477"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="18641"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="21510"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="21474"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="5515"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="5269"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="6134"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="6622"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7683"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="7661"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="8437"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="8994"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="02"/>
+    <s v="All manual employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="5127"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6293"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="7720"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="8455"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="10552"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="11599"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="11768"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13635"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="14751"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="15891"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="17287"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="4537"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="5725"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="6591"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="6617"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7683"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="8908"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="9894"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="10612"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="2288"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3779"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4439"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="4387"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="4606"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="021"/>
+    <s v="Skilled operatives"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3977"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="3984"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="022"/>
+    <s v="Apprentices"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="3751"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4838"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="6149"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="6697"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="7737"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="8853"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="9255"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10087"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="10075"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="11778"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="10590"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4186"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="4863"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="5746"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="7476"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8272"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="8384"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="10096"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="8637"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="023"/>
+    <s v="Unskilled and semi-skilled - adults"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="024"/>
+    <s v="Unskilled and semi-skilled - juveniles"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="5879"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="6727"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="8285"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="9885"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11458"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="12603"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="14221"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="15331"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="3035"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="4071"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="4665"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="5832"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="6461"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="6870"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7650"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="8545"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="9861"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="10466"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3007"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="3881"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="03"/>
+    <s v="All other employee grades"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="2197"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="2971"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="4840"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="5345"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="5705"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="3460"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="3987"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="031"/>
+    <s v="Managerial and technical employees"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="032"/>
+    <s v="Clerical employees - female"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="033"/>
+    <s v="Clerical employees - male"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="3342"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="4175"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="2798"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="3501"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="034"/>
+    <s v="Foremen and supervisors"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="14494"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17930"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="22087"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="24404"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="29641"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="33087"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="34776"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39401"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="41692"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="46815"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="49083"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="9414"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11970"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="13375"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="15773"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="19349"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="21947"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="22761"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25127"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="27186"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="31371"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="31940"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4740"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="6994"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="6999"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="8422"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="9080"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10690"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="10743"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="11879"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="12875"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="04"/>
+    <s v="All employee grades (manual and other employee grades)"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="05"/>
+    <s v="Proprietors and unpaid family workers"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4487"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="6767"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="8528"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="10081"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="11397"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="11083"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11766"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="14232"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="16146"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="45"/>
+    <s v="All construction (45)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="17008"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="451"/>
+    <s v="Site preparation (451)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3754"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="4810"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="7119"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="8473"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="9087"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="8888"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9448"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="11201"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="13802"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="452"/>
+    <s v="Building of complete constructions or part there of; civil engineering (452)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="14496"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="453"/>
+    <s v="Building installation (453)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="454"/>
+    <s v="Building completion (454)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="BAA04"/>
+    <s v="Persons Engaged in Building and Construction Industry (1995 - 2005)"/>
+    <s v="06"/>
+    <s v="Persons working on a labour-only subcontract basis"/>
+    <s v="455"/>
+    <s v="Renting of construction or demolition equipment with operator (455)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+</pivotCacheRecords>
 </file>