--- v1 (2026-02-09)
+++ v2 (2026-03-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377b68b4030b4d2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb77e911b9584c47be60804ac5317010.psmdcp" Id="R9211253cf52f41aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R395cd7c9d205442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22138110438a48c0be6b7d75ef75f22a.psmdcp" Id="Rcb695acbfa694a31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>