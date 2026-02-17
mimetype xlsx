--- v0 (2025-10-04)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde4e13ae84b84d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/671b7cfda7db4f1b851f101288ee52ea.psmdcp" Id="Ra4bbd88a52074d2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra62c665306594d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42597c3911cc48338b72ad2d06175e6f.psmdcp" Id="R2f5a70d84a264ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1352</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Average Weekly Rent of Rented Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1352/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,331 +472,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02684V03251" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Central Heating" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L397" totalsRowShown="0">
   <x:autoFilter ref="A1:L397"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02701V03269"/>
     <x:tableColumn id="2" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="3" name="C02684V03251"/>
     <x:tableColumn id="4" name="Central Heating"/>
     <x:tableColumn id="5" name="C02699V03267"/>
     <x:tableColumn id="6" name="Nature of Occupancy"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1069,51 +900,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1352/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1300,51 +1131,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="38.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16422,51 +16253,51 @@
       <x:c r="I397" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>97.92</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16483,51 +16314,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02684V03251">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Central Heating">
@@ -16938,27 +16769,5572 @@
         <x:n v="234"/>
         <x:n v="87.34"/>
         <x:n v="332"/>
         <x:n v="29"/>
         <x:n v="9"/>
         <x:n v="2"/>
         <x:n v="0"/>
         <x:n v="1"/>
         <x:n v="82"/>
         <x:n v="35.01"/>
         <x:n v="73"/>
         <x:n v="14"/>
         <x:n v="15"/>
         <x:n v="3"/>
         <x:n v="69.41"/>
         <x:n v="195"/>
         <x:n v="50"/>
         <x:n v="97.92"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="88206"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="31538"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="27475"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="14371"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9628"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="42.46"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="25883"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="3027"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="4915"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="125.68"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="115576"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="18817"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="27665"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="20782"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="15919"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="9326"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="9194"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7453"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="169.16"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="56449"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="18820"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="17739"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="10393"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="44.97"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="18649"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="138.64"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="88758"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="12002"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="21264"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="16840"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="13122"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="7948"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="8001"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5375"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="177.27"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="29852"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="12128"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="9287"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="37.66"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="6685"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="89.59"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="24945"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="6582"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="6071"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="3693"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="140.54"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="42.98"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="112.53"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="164.95"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="69749"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="24352"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="21008"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="12022"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7782"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="44.27"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="18946"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="137.84"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="98730"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="12598"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="22128"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="19321"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="15512"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="9207"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="8948"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6396"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="180.05"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="45955"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="14987"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="13914"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="8888"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4877"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="46.75"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="13579"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="152.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="75527"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="7373"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="16535"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="15557"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="12751"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="7840"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="7801"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="189.06"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="22221"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="8894"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="6733"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4891"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="96.64"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="21525"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="5041"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="5313"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="148.91"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="44.77"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="120.72"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="172.91"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="18457"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="7186"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="6467"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="35.71"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="6937"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="93.04"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="16846"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="5537"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="105.47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="10494"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="3833"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="3825"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="37.33"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="5070"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="101.12"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="13231"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="4629"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="4729"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Yes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="110.18"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="7631"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="33.46"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="70.55"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="No"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="87.34"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="35.01"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="69.41"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1352C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="97.92"/>
+  </r>
+</pivotCacheRecords>
 </file>