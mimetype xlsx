--- v0 (2025-10-05)
+++ v1 (2025-12-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03fb9db307f34669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/624e3676f09e4c579c7e9d31b0c5718e.psmdcp" Id="R9382106813464b4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53c6c95ef02347dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3000484927f4eddb963cf3fb9b22bba.psmdcp" Id="R73123eacb3b14b98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1347</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1347/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -466,363 +466,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L325" totalsRowShown="0">
   <x:autoFilter ref="A1:L325"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1095,51 +902,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1347/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1326,51 +1133,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="46.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13712,51 +13519,51 @@
       <x:c r="I325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>10819</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13773,51 +13580,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1347"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -14199,27 +14006,4564 @@
         <x:n v="453"/>
         <x:n v="14140"/>
         <x:n v="33995"/>
         <x:n v="3948"/>
         <x:n v="4559"/>
         <x:n v="798"/>
         <x:n v="1390"/>
         <x:n v="418"/>
         <x:n v="10560"/>
         <x:n v="23176"/>
         <x:n v="3718"/>
         <x:n v="2458"/>
         <x:n v="302"/>
         <x:n v="85"/>
         <x:n v="205"/>
         <x:n v="256"/>
         <x:n v="3580"/>
         <x:n v="10819"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="461166"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484774"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44783"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88206"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25883"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115576"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21560"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37669"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215575"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="311484"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32901"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69749"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18946"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98730"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9193"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26286"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782864"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245591"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173290"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11882"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18457"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6937"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16846"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12367"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11383"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496753"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3354"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8030"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18081"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7708"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15777"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6916"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8838"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16966"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2829"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47512"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4070"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7170"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15473"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36259"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4202"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11253"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24175"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17914"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5072"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15188"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21651"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2799"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4205"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94864"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8697"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12226"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3496"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11695"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18972"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62020"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15478"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5688"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3493"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32844"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53137"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34973"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8123"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14676"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4242"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19548"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4008"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142520"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22789"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23587"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5784"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11741"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16020"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86791"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30348"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11386"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55729"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107770"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122765"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21298"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36432"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6215"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23164"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4578"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5170"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327392"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52793"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89539"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16201"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28515"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4385"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18881"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215647"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54977"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33226"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5097"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7917"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4283"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2675"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111745"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112164"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113119"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5798"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6678"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3372"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14612"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262554"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55429"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71419"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5179"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11932"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153876"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56735"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41700"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108678"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75582"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89865"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6874"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179434"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35147"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53235"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98334"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40435"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36630"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81100"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40315"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52458"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97853"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19303"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30927"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53627"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21012"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21531"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44226"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17342"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22948"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42125"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8100"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12727"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22020"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9242"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10221"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20105"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14697"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17025"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33287"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6044"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8379"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15337"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8653"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8646"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17950"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7666"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7017"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14140"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33995"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3948"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10560"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23176"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3580"/>
+  </r>
+  <r>
+    <s v="B1347"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10819"/>
+  </r>
+</pivotCacheRecords>
 </file>