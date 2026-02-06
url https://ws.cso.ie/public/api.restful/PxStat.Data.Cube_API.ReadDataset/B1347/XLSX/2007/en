--- v1 (2025-12-10)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53c6c95ef02347dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3000484927f4eddb963cf3fb9b22bba.psmdcp" Id="R73123eacb3b14b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a413f8809204dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fef0315a5f48415dbe70fc9fa9a5a403.psmdcp" Id="Rbb04f0247269496f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>