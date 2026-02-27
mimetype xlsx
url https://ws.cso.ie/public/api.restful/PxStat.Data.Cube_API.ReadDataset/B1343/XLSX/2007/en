--- v0 (2025-11-11)
+++ v1 (2026-02-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39dfc558e95b4d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d9efce09d1234cc5a47d44e6c1eb4793.psmdcp" Id="R8294baa9065240e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d165d05974453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fb5e758f6f549508b9f938e9dc89bf2.psmdcp" Id="Rb0551bb3edb34686" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1343</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1343/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,371 +496,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period in which Built" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L361" totalsRowShown="0">
   <x:autoFilter ref="A1:L361"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C01936V02368"/>
     <x:tableColumn id="8" name="Period in which Built"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1133,51 +934,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1343/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1364,51 +1165,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L361"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="46.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15118,51 +14919,51 @@
       <x:c r="I361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L361" s="0">
         <x:v>2987</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15179,51 +14980,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L361" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1343"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -15649,27 +15450,5068 @@
         <x:n v="1347"/>
         <x:n v="2005"/>
         <x:n v="1580"/>
         <x:n v="2296"/>
         <x:n v="1534"/>
         <x:n v="1028"/>
         <x:n v="1949"/>
         <x:n v="9930"/>
         <x:n v="10819"/>
         <x:n v="1717"/>
         <x:n v="917"/>
         <x:n v="836"/>
         <x:n v="565"/>
         <x:n v="1195"/>
         <x:n v="1001"/>
         <x:n v="477"/>
         <x:n v="1124"/>
         <x:n v="2987"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167033"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114304"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146206"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114010"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216497"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170403"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94199"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197134"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59831"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782864"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70351"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61820"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98162"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82726"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135990"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97910"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63489"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124844"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47572"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496753"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96682"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52484"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48044"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31284"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80507"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72493"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30710"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72290"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12259"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18081"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5208"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3499"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15777"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4658"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3317"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47512"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9875"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4427"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4337"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36259"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6751"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6376"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11253"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94864"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16042"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10352"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10539"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6703"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9775"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9675"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7590"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16472"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7716"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62020"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7488"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5330"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6314"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6387"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6535"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6055"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12988"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6361"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32844"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8554"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4225"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142520"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26415"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21112"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23523"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10162"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13126"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13360"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8591"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18801"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7430"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86791"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11695"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11920"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14981"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6295"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7479"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8600"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6345"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13699"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5777"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55729"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14720"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9192"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8542"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3867"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5647"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4760"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5102"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327392"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30990"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27736"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40595"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28749"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63118"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50001"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23985"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51202"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11016"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215647"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11629"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14744"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26885"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20515"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44960"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34393"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17597"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36198"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8726"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111745"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19361"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12992"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13710"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8234"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18158"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15608"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6388"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15004"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262554"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28100"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22478"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33733"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28611"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51595"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35891"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18073"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37902"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6171"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153876"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9454"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11630"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23607"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21477"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31686"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18231"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11087"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22097"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4607"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108678"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18646"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10848"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10126"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7134"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19909"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17660"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6986"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15805"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179434"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19055"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12297"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16088"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17984"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38218"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27428"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14921"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30533"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98334"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6244"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6066"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10951"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13472"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21710"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12173"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8937"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16709"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81100"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12811"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6231"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5137"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4512"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16508"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15255"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5984"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13824"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97853"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12584"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7919"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9341"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19594"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14902"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8351"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17425"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53627"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4557"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3342"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5515"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7108"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11425"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7219"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4954"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8670"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44226"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8027"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3166"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8169"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7683"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8755"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42125"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6671"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3173"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7823"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6391"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7458"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22020"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4262"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20105"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4006"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3561"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4209"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33287"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8869"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5056"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4563"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5148"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15337"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3703"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17950"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33995"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2841"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2535"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12917"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23176"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9930"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10819"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="B1343"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+</pivotCacheRecords>
 </file>