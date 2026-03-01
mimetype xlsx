--- v0 (2025-11-05)
+++ v1 (2026-03-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R766a71559d5d41ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5847ae7a03114177b4c5afc9d150d90a.psmdcp" Id="R94064e925f6843ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R685bcf4c1f8c418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07eb50a5dcfc453cabf2fa2ea3f65ab6.psmdcp" Id="Raf1e5bdec9194eb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1341</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Average Weekly Rent of Rented Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1341/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -505,363 +505,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L793" totalsRowShown="0">
   <x:autoFilter ref="A1:L793"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02010V02440"/>
     <x:tableColumn id="2" name="Type of Private Accommodation"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02699V03267"/>
     <x:tableColumn id="6" name="Nature of Occupancy"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1134,51 +941,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1341/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1365,51 +1172,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="38.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31535,51 +31342,51 @@
       <x:c r="I793" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>103.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31596,51 +31403,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="161"/>
         <x:s v="171"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
       <x:sharedItems count="8">
         <x:s v="All households"/>
         <x:s v="Detached house"/>
         <x:s v="Semi- detached house"/>
         <x:s v="Terraced house"/>
         <x:s v="Flat or apartment in a purpose- built block"/>
         <x:s v="Flat or apartment in a converted or shared house"/>
         <x:s v="Flat or apartment in a commercial building"/>
         <x:s v="Not stated"/>
       </x:sharedItems>
@@ -32289,27 +32096,11116 @@
         <x:n v="757"/>
         <x:n v="575"/>
         <x:n v="295"/>
         <x:n v="2083"/>
         <x:n v="39.99"/>
         <x:n v="40"/>
         <x:n v="274"/>
         <x:n v="85.87"/>
         <x:n v="104"/>
         <x:n v="178"/>
         <x:n v="122"/>
         <x:n v="786"/>
         <x:n v="164.15"/>
         <x:n v="32.61"/>
         <x:n v="78"/>
         <x:n v="93.98"/>
         <x:n v="41"/>
         <x:n v="103.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="31538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="27475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="14371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="88206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="42.46"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="3027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="4915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="25883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="125.68"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="18817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="27665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="20782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="15919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="9326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="9194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="115576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="169.16"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="24352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="21008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="12022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="69749"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="44.27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="18946"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="137.84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="12598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="22128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="19321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="15512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="9207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="8948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="98730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="180.05"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="7186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="6467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="18457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="35.71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="6937"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="93.04"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="5537"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="16846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="105.47"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="9559"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="42.39"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="7021"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="133.63"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="4994"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="17273"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="141.27"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="49.29"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="187.34"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="190.08"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2086"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="5656"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="37.61"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="100.35"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="3670"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="9902"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="105.46"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="8229"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="7171"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="3519"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="22403"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="41.78"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="139.62"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="6060"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="5798"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="4437"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="27000"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="189.85"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="15625"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="5219"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="153.08"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="5233"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="5547"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="2647"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="24820"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="196.71"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2825"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="6778"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="33.97"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="79.15"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="111.48"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="13053"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="12528"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="6468"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="37133"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="37.78"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4885"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="111.53"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3907"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="17255"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="187.67"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="11112"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="10652"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="5842"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="32154"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="38.42"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="117.14"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2832"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="15938"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="194.28"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="33.72"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="77.69"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="107.21"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="5753"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="15171"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="50.64"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4118"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="118.54"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="6222"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="5887"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="5959"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="29526"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="186.82"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="5587"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="3616"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="14803"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="50.59"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="120.49"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="5820"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="5921"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="28425"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="189.71"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="89.02"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="98.14"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="114.18"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="4985"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="19172"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="131.19"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="102.24"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="119.42"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="5374"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="4606"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2813"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="17650"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="134.62"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="64.88"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="78.56"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="91.27"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="103.41"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="111.78"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="128.99"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="116.37"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="3740"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="133.26"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="90.84"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="95.86"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="104.99"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="38.54"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="87.85"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="153.79"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="39.99"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="85.87"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="164.15"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="32.61"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="93.98"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C01"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C02"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C03"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C04"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C05"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C06"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C07"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C08"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C10"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1341C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="103.6"/>
+  </r>
+</pivotCacheRecords>
 </file>