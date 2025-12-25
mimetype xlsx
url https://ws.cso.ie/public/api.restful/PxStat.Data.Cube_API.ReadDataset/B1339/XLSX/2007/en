--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R886be51ec6224a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7942a901cd34dec91d9500c8cb0aa7c.psmdcp" Id="R9c2f42e68f064e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9c8bcb5a1684280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5adf5c2e0c34aac960da4921cec825a.psmdcp" Id="R7eaee49385144d91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1339</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1339/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,347 +472,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02733V03301" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Water Supply" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N337" totalsRowShown="0">
   <x:autoFilter ref="A1:N337"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Persons per Household"/>
     <x:tableColumn id="9" name="C02733V03301"/>
     <x:tableColumn id="10" name="Type of Water Supply"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1087,51 +912,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1339/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1318,51 +1143,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="45.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="27.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -16184,51 +16009,51 @@
       <x:c r="K337" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N337" s="0">
         <x:v>8562</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16245,51 +16070,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1339"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="161"/>
         <x:s v="171"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -16677,27 +16502,5404 @@
         <x:n v="2102"/>
         <x:n v="81"/>
         <x:n v="43"/>
         <x:n v="25605"/>
         <x:n v="9059"/>
         <x:n v="2671"/>
         <x:n v="1254"/>
         <x:n v="521"/>
         <x:n v="1555"/>
         <x:n v="139"/>
         <x:n v="2919"/>
         <x:n v="25810"/>
         <x:n v="7270"/>
         <x:n v="3634"/>
         <x:n v="1490"/>
         <x:n v="4597"/>
         <x:n v="257"/>
         <x:n v="8562"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="937765"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117812"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45826"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137705"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36031"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3770742"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2713120"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363265"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141975"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="442378"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7630"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102374"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782864"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="722509"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30932"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25196"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2235192"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2061860"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91714"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68912"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496753"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215256"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86880"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44567"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134982"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10835"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1535550"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="651260"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271551"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138364"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433748"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7165"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33462"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562818"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296992"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81578"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41990"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129974"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3861"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8423"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1780038"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="936559"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257421"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131432"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="420769"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6499"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27358"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153551"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143509"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5081"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491754"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="458545"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16809"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7358"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7018"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409267"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153483"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76497"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41420"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127763"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6303"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288284"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478014"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240612"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129529"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="413411"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6378"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20340"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343301"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315210"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15421"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4322"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5879"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1037222"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="951807"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47782"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6374"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12830"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17905"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297691"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282835"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9403"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904153"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="858052"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29633"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15243"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45610"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32375"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6018"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133069"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93755"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18149"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5728"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12318"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236422"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219935"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11838"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3857"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="668955"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="617589"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37754"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11452"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213089"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199661"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9728"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3475"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600364"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558729"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30746"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10286"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23333"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20274"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68591"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58860"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7008"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70474"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61170"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136630"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116866"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10469"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7985"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67930"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59248"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3512"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131936"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113362"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10014"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7703"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29258"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25044"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49949"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41836"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25357"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22915"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42614"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38061"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7335"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10726"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9460"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24077"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21039"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7687"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7058"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16310"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14957"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7767"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6082"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26618"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9954"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12387"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73871"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27424"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5736"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34167"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17559"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7283"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9468"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48061"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20154"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25605"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25810"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7270"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3634"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B1339"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8562"/>
+  </r>
+</pivotCacheRecords>
 </file>