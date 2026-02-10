--- v1 (2025-12-25)
+++ v2 (2026-02-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9c8bcb5a1684280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5adf5c2e0c34aac960da4921cec825a.psmdcp" Id="R7eaee49385144d91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6bae338bd749a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d400e7faaf34ed1aa6618b6c3493607.psmdcp" Id="R5d3ff7c2ee644b46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>