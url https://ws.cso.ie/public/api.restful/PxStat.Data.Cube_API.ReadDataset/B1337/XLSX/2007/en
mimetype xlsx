--- v0 (2025-11-05)
+++ v1 (2026-02-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a5ee38561b546fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07be8b82d572479f91c5a56972e84186.psmdcp" Id="R3259382dd2df44dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R722fb949a2da4ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42638764bbad4a5ca2b8db21eb9d3ef4.psmdcp" Id="R138a430e537d42e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1337</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1337/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,387 +496,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N577" totalsRowShown="0">
   <x:autoFilter ref="A1:N577"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02010V02440"/>
     <x:tableColumn id="6" name="Type of Private Accommodation"/>
     <x:tableColumn id="7" name="C02701V03269"/>
     <x:tableColumn id="8" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="9" name="C02254V02726"/>
     <x:tableColumn id="10" name="Persons per Household"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1151,51 +946,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1337/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1382,51 +1177,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N577"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="45.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="29.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="30.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -26808,51 +26603,51 @@
       <x:c r="K577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N577" s="0">
         <x:v>7970</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26869,51 +26664,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N577" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1337"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -27553,27 +27348,9244 @@
         <x:n v="98"/>
         <x:n v="911"/>
         <x:n v="1452"/>
         <x:n v="828"/>
         <x:n v="1329"/>
         <x:n v="83"/>
         <x:n v="123"/>
         <x:n v="303"/>
         <x:n v="614"/>
         <x:n v="197"/>
         <x:n v="385"/>
         <x:n v="229"/>
         <x:n v="11245"/>
         <x:n v="30216"/>
         <x:n v="8449"/>
         <x:n v="22246"/>
         <x:n v="2796"/>
         <x:n v="7970"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3770742"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782864"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2235192"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496753"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1535550"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562818"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1780038"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153551"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491754"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409267"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288284"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343301"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1037222"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297691"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904153"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45610"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133069"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236422"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="668955"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213089"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600364"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23333"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68591"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70474"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136630"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67930"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131936"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29258"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49949"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25357"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42614"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7335"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10726"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24077"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7687"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16310"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7767"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26618"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73871"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17559"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48061"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25810"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18081"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25138"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15777"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21233"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3042"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5535"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7311"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7085"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7339"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8967"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7077"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8602"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47512"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79427"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36259"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61010"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11253"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18417"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7470"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13109"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5973"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10166"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4909"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8582"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5770"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6156"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10630"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9223"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16928"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27980"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16194"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26798"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8884"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13687"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7801"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12084"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3173"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94864"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207534"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62020"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137584"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32844"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69950"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26198"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56538"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4490"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11508"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21708"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45030"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17027"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42695"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11859"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30860"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11835"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18076"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42891"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15466"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36215"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2610"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6676"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22542"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43435"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21686"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41848"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6208"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11445"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5104"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9509"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6159"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142520"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326394"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86791"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198108"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55729"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128286"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50486"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117328"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8358"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20830"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42128"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96498"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25732"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62421"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18452"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45145"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7280"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17276"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41897"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93757"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38425"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85676"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3472"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8081"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16618"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35142"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16144"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34198"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7246"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5714"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6614"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3740"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327392"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="959128"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215647"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="635379"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111745"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323749"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104949"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293336"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22575"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62712"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82374"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230624"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108901"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321321"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92267"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268806"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16634"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52515"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101017"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="308520"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90726"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="274946"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10291"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33574"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15016"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5430"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14613"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3463"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4379"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14036"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9487"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262554"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="813864"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153876"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="461674"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108678"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352190"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125369"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398153"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29568"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87607"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95801"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310546"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90060"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271840"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82001"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245699"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8059"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26141"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42194"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128774"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39003"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118496"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3191"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10278"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3358"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3233"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7070"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3405"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179434"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="614176"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98334"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324679"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81100"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="289497"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108994"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="380422"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33477"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109920"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75517"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="270502"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55171"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184106"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51846"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172399"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3325"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11707"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12895"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42089"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11624"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38177"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97853"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359071"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53627"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191836"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44226"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167235"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68613"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254002"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26773"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95307"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41840"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158695"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23260"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84719"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21950"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79898"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4821"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4845"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16504"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14702"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42125"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163012"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22020"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83474"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20105"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79538"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32563"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126990"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13391"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50874"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19172"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76116"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7211"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27884"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6745"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26100"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6432"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5662"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33287"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133225"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15337"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60338"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17950"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72887"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27463"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111336"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10413"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41716"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17050"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69620"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14636"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13094"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5498"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4749"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33995"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89773"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23176"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59877"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10819"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29896"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9112"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25782"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7606"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6484"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18176"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6172"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16891"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5303"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14690"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4666"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11931"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4252"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10832"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11245"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30216"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8449"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22246"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="B1337"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7970"/>
+  </r>
+</pivotCacheRecords>
 </file>