--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra57ae4e8eaa248ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/306b39fa9b694b52ba51670c0abd1b16.psmdcp" Id="R484f8e61c7494252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09382c22091b41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e86c3a4f09e4fc6a651c54a6a9209a9.psmdcp" Id="Rae4cc2db3e8d4063" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1336</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1336/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -481,363 +481,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N433" totalsRowShown="0">
   <x:autoFilter ref="A1:N433"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="C02254V02726"/>
     <x:tableColumn id="10" name="Persons per Household"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1112,51 +925,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1336/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1343,51 +1156,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="45.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="30.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -20433,51 +20246,51 @@
       <x:c r="K433" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N433" s="0">
         <x:v>25810</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20494,51 +20307,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1336"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="161"/>
         <x:s v="171"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -21035,27 +20848,6940 @@
         <x:n v="48061"/>
         <x:n v="2876"/>
         <x:n v="7502"/>
         <x:n v="1248"/>
         <x:n v="4474"/>
         <x:n v="314"/>
         <x:n v="1094"/>
         <x:n v="506"/>
         <x:n v="1534"/>
         <x:n v="78"/>
         <x:n v="219"/>
         <x:n v="158"/>
         <x:n v="389"/>
         <x:n v="210"/>
         <x:n v="429"/>
         <x:n v="10169"/>
         <x:n v="9059"/>
         <x:n v="25810"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="461166"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1210769"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484774"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1657028"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44783"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146703"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88206"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271885"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25883"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65870"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115576"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277206"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21560"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43646"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37669"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97635"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3770742"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215575"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="528413"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="311484"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1019462"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32901"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106252"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69749"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212224"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18946"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47054"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98730"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236380"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9193"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18252"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26286"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67155"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782864"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2235192"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245591"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682356"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173290"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="637566"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11882"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40451"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18457"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59661"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6937"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18816"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16846"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40826"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12367"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25394"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11383"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30480"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496753"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1535550"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272438"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="755783"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228728"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847688"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8300"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27422"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9559"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32916"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7021"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21208"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17273"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48950"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11687"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24388"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7812"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21683"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562818"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1780038"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57045"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149086"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75627"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277779"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8408"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13456"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8577"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22922"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5172"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6354"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153551"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491754"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215393"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="606697"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153101"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569909"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5867"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19014"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5656"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19460"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12631"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9902"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26028"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9337"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19216"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5687"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15329"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409267"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288284"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101917"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258103"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166040"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="548475"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10740"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36272"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22403"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73379"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18804"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27000"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79890"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7011"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5387"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15288"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343301"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1037222"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84467"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213514"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153161"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505133"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7729"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25625"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15625"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52357"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5219"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15878"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24820"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74491"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4632"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4334"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12523"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297691"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904153"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17450"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44589"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12879"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43342"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3011"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10647"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6778"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21022"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5399"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45610"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133069"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74213"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171433"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73798"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226829"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22091"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72617"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37133"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123754"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4885"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12287"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17255"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45513"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4988"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11534"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236422"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="668955"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66069"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151737"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69159"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211164"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19452"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63024"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32154"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107104"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10524"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15938"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42455"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10300"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213089"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600364"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8144"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19696"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15665"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9593"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16650"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23333"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68591"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4304"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6026"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10330"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16178"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5581"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15171"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31205"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4118"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7428"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29526"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60324"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3669"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7555"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70474"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136630"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4148"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5771"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10134"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15828"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5516"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14803"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30553"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6985"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28425"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58308"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3499"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7242"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67930"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131936"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4061"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19172"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31754"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3664"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29258"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49949"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3520"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17650"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29078"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25357"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42614"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7335"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1945"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4901"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5985"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8376"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10726"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24077"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3740"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7116"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7687"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16310"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7767"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4623"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11385"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2739"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9405"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7975"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13730"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36783"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26618"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73871"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6441"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10061"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26614"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17559"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48061"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7502"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4474"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3669"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10169"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="B1336"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25810"/>
+  </r>
+</pivotCacheRecords>
 </file>