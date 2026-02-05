--- v1 (2025-12-19)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09382c22091b41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e86c3a4f09e4fc6a651c54a6a9209a9.psmdcp" Id="Rae4cc2db3e8d4063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31550215b72748a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef9ec30680484e2eaee1ba8a8ac543d8.psmdcp" Id="Rc656742adbb149f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>