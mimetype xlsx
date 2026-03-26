--- v2 (2026-02-05)
+++ v3 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31550215b72748a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef9ec30680484e2eaee1ba8a8ac543d8.psmdcp" Id="Rc656742adbb149f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R269a7fe407ce43ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f481e4b3766740b9a4c1f5c48d358d06.psmdcp" Id="R73726a6253024cab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>