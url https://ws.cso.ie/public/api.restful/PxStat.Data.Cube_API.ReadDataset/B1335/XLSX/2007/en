--- v0 (2025-10-04)
+++ v1 (2025-12-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95b06bc725614e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/308677074abe43958ccf2df407d74cb5.psmdcp" Id="Ra64694892b5a4192" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cbcb64a9a54000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b1c9516fde04421bb6078a22d480159.psmdcp" Id="Rfb37566bef5048c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1335</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1335/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -493,371 +493,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period in which Built" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N481" totalsRowShown="0">
   <x:autoFilter ref="A1:N481"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Persons per Household"/>
     <x:tableColumn id="9" name="C01936V02368"/>
     <x:tableColumn id="10" name="Period in which Built"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1132,51 +939,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1335/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1363,51 +1170,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N481"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="45.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="21.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -22565,51 +22372,51 @@
       <x:c r="K481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N481" s="0">
         <x:v>10254</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22626,51 +22433,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N481" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1335"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="161"/>
         <x:s v="171"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -23213,27 +23020,7708 @@
         <x:n v="1323"/>
         <x:n v="744"/>
         <x:n v="582"/>
         <x:n v="368"/>
         <x:n v="771"/>
         <x:n v="689"/>
         <x:n v="293"/>
         <x:n v="3663"/>
         <x:n v="25810"/>
         <x:n v="3044"/>
         <x:n v="1818"/>
         <x:n v="1540"/>
         <x:n v="962"/>
         <x:n v="2558"/>
         <x:n v="2643"/>
         <x:n v="1081"/>
         <x:n v="1910"/>
         <x:n v="10254"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167033"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114304"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146206"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114010"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216497"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170403"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94199"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197134"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59831"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3770742"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409271"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290752"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390355"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327424"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="722204"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="589392"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303271"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="579801"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158272"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782864"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70351"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61820"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98162"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82726"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135990"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97910"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63489"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124844"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47572"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2235192"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161197"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153079"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259387"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238594"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="448689"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313786"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190068"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346681"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123711"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496753"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96682"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52484"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48044"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31284"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80507"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72493"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30710"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72290"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12259"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1535550"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248074"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137673"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130968"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88830"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273515"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275606"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113203"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233120"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34561"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562818"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89266"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51745"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50828"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42397"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100306"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87943"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42874"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88418"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9041"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1780038"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233957"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138017"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139238"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120978"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335707"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331097"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158212"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295274"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27558"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153551"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9094"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8467"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13065"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16519"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32521"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25309"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16050"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28995"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491754"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25330"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22981"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35678"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47594"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105021"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89338"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57076"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97675"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11061"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409267"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80172"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43278"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37763"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25878"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67785"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62634"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26824"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59423"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1288284"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208627"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115036"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103560"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73384"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230686"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241759"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101136"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197599"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16497"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343301"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16777"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23005"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41385"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40382"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68742"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30457"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66318"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10318"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1037222"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43968"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61082"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111869"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120240"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233249"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151661"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95931"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187818"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31404"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297691"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9527"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17699"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35268"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37461"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62353"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40235"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28250"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57843"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9055"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904153"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25970"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47497"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95158"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111890"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211830"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131912"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88764"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163243"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27889"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45610"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7250"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6117"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6389"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5682"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8475"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133069"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17998"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13585"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16711"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8350"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21419"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19749"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24575"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236422"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38984"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30733"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44664"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22287"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38827"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26018"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8594"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16310"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10005"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="668955"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90706"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74661"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119571"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66764"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135009"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85912"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24800"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43009"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28523"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213089"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33819"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28569"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41757"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20597"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33876"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23236"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7804"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14284"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9147"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600364"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78657"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69502"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111797"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61540"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117429"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75794"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22135"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37398"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26112"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23333"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2907"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4951"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68591"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12049"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5159"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7774"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5224"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17580"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10118"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5611"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70474"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3523"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4460"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6218"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5183"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7517"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10458"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22202"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8444"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136630"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6022"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9627"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13404"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8827"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12308"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19757"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44138"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17616"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67930"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4356"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6127"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5025"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7288"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10178"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21173"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8149"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131936"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5631"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4698"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9437"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13228"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8524"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11927"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19256"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42150"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17085"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29258"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11945"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5558"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49949"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19470"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5909"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4252"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2971"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9584"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25357"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10903"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3194"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42614"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17582"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5096"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8854"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7335"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10726"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4589"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24077"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10803"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7687"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16310"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6726"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7767"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4077"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26618"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14921"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73871"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4345"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3364"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3933"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6398"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5606"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40343"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17559"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11258"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48061"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30089"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3663"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25810"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="B1335"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10254"/>
+  </r>
+</pivotCacheRecords>
 </file>