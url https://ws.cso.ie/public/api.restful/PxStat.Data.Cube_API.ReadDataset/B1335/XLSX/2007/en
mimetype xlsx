--- v1 (2025-12-04)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cbcb64a9a54000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b1c9516fde04421bb6078a22d480159.psmdcp" Id="Rfb37566bef5048c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b993745a5f4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1462c5c1a10f4b0397c27a2ef05f149f.psmdcp" Id="Rf109533662ce463f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>