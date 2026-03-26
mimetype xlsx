--- v2 (2026-02-05)
+++ v3 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b993745a5f4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1462c5c1a10f4b0397c27a2ef05f149f.psmdcp" Id="Rf109533662ce463f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc3776bfa1e14c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd447fa4999c4eacae55836b0416d419.psmdcp" Id="Re5f3408bbdc241dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>