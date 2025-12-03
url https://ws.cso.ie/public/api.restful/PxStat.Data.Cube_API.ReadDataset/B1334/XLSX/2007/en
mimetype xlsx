--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8f09c2dd1a247a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4667e51f99b6430990614a0c7ad99303.psmdcp" Id="R4da30d76ce994fcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2fbe3a967f416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/257abc7d3fe2495d8ade95a209d42006.psmdcp" Id="R34109a31f18142a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1334</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1334/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1327,1459 +1327,438 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02703V03271" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Computer and Internet Access" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03685" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="156">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+      </items>
+    </pivotField>
+    <pivotField name="Towns by Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="156">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1093" totalsRowShown="0">
   <x:autoFilter ref="A1:J1093"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02703V03271"/>
     <x:tableColumn id="4" name="Computer and Internet Access"/>
     <x:tableColumn id="5" name="C02800V03685"/>
     <x:tableColumn id="6" name="Towns by Size"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -3050,51 +2029,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1334/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3281,51 +2260,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1093"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="35.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="60.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -38291,51 +37270,51 @@
       <x:c r="G1093" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1093" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I1093" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J1093" s="0">
         <x:v>9040</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -38352,51 +37331,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1093" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1334"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02703V03271">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Computer and Internet Access">
       <x:sharedItems count="7">
@@ -39536,27 +38515,13132 @@
         <x:n v="73"/>
         <x:n v="107"/>
         <x:n v="68"/>
         <x:n v="36"/>
         <x:n v="103"/>
         <x:n v="86"/>
         <x:n v="1514"/>
         <x:n v="64"/>
         <x:n v="61"/>
         <x:n v="42"/>
         <x:n v="59"/>
         <x:n v="39"/>
         <x:n v="626"/>
         <x:n v="19"/>
         <x:n v="20072"/>
         <x:n v="578"/>
         <x:n v="7237"/>
         <x:n v="9040"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100100"/>
+    <s v="Greater Dublin Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="342524"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100200"/>
+    <s v="Other Cities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128213"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62048"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29043"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21115"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16007"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162924"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100800"/>
+    <s v="Dundalk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11055"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="100900"/>
+    <s v="Drogheda"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10679"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101000"/>
+    <s v="Bray"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9908"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101100"/>
+    <s v="Swords"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8411"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101200"/>
+    <s v="Ennis"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7511"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101300"/>
+    <s v="Tralee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7537"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6993"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101500"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6750"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101600"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6517"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101700"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6283"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5904"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="101900"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6267"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102000"/>
+    <s v="Clonmel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5856"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102100"/>
+    <s v="Droichead Nua"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5405"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102200"/>
+    <s v="Celbridge"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4791"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5520"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102400"/>
+    <s v="Mullingar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5125"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102500"/>
+    <s v="Letterkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5106"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102600"/>
+    <s v="Leixlip"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4378"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4299"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102800"/>
+    <s v="Killarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3553"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103000"/>
+    <s v="Greystones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103100"/>
+    <s v="Castlebar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3949"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103200"/>
+    <s v="Carrigaline"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103300"/>
+    <s v="Tullamore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103400"/>
+    <s v="Balbriggan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103600"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78073"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103700"/>
+    <s v="Arklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103800"/>
+    <s v="Cobh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="103900"/>
+    <s v="Ballina"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104100"/>
+    <s v="Skerries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3036"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104200"/>
+    <s v="Enniscorthy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3008"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104201"/>
+    <s v="Mallow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104300"/>
+    <s v="Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2837"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104400"/>
+    <s v="Portmarnock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104600"/>
+    <s v="Midleton"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104700"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104800"/>
+    <s v="Dungarvan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="104900"/>
+    <s v="Thurles"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105000"/>
+    <s v="Rush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105100"/>
+    <s v="Youghal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105200"/>
+    <s v="New Ross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105300"/>
+    <s v="Nenagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105400"/>
+    <s v="Ashbourne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105500"/>
+    <s v="Ballinasloe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105600"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105700"/>
+    <s v="Athy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105800"/>
+    <s v="Tuam"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="105900"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106000"/>
+    <s v="Trim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106200"/>
+    <s v="Westport"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106300"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106400"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106500"/>
+    <s v="Dunboyne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106600"/>
+    <s v="Gorey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106800"/>
+    <s v="Bandon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="106900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33479"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107000"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107100"/>
+    <s v="Fermoy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107200"/>
+    <s v="Passage West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107300"/>
+    <s v="Roscrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107400"/>
+    <s v="Edenderry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107500"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107600"/>
+    <s v="Birr"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107700"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107800"/>
+    <s v="Clane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="107900"/>
+    <s v="Newcastle (Co. Limerick)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108000"/>
+    <s v="Loughrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108100"/>
+    <s v="Portarlington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108200"/>
+    <s v="Listowel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108300"/>
+    <s v="Ardee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108400"/>
+    <s v="Donabate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108500"/>
+    <s v="Carrickmacross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108600"/>
+    <s v="Ratoath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108700"/>
+    <s v="Clonakilty"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108800"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="108900"/>
+    <s v="Kinsale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109000"/>
+    <s v="Mountmellick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109100"/>
+    <s v="Mitchelstown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109200"/>
+    <s v="Bantry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109300"/>
+    <s v="Dunshaughlin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109400"/>
+    <s v="Tower"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109500"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37651"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109600"/>
+    <s v="Macroom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109700"/>
+    <s v="Castleblayney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109800"/>
+    <s v="Sallins"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="109900"/>
+    <s v="Kilcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110100"/>
+    <s v="Cashel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110200"/>
+    <s v="Kilcock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110300"/>
+    <s v="Muinebeag"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110400"/>
+    <s v="Ballyshannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110500"/>
+    <s v="Clara"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110600"/>
+    <s v="Kilrush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110700"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110800"/>
+    <s v="Monasterevan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="110900"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111000"/>
+    <s v="Blessington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111100"/>
+    <s v="Rathcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111200"/>
+    <s v="Lusk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111300"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111400"/>
+    <s v="Tullow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111500"/>
+    <s v="Templemore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111600"/>
+    <s v="Kill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111700"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111800"/>
+    <s v="Boyle"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="111900"/>
+    <s v="Duleek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112000"/>
+    <s v="Castleisland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112100"/>
+    <s v="Athenry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112200"/>
+    <s v="Blarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112300"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112400"/>
+    <s v="Claremorris"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112500"/>
+    <s v="Skibbereen"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112600"/>
+    <s v="Clones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112700"/>
+    <s v="Enniskerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112800"/>
+    <s v="Kenmare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="112900"/>
+    <s v="Bundoran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113000"/>
+    <s v="An Daingean"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113100"/>
+    <s v="Rathangan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113200"/>
+    <s v="Castlerea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113300"/>
+    <s v="Gort"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113400"/>
+    <s v="Dunmore East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113500"/>
+    <s v="Cootehill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113600"/>
+    <s v="Portrane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113700"/>
+    <s v="Oranmore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="113900"/>
+    <s v="Carndonagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114000"/>
+    <s v="Bailieborough"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114100"/>
+    <s v="Kanturk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114200"/>
+    <s v="Ballinrobe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114300"/>
+    <s v="Thomastown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114400"/>
+    <s v="Banagher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114500"/>
+    <s v="Athboy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114600"/>
+    <s v="Dunmanway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114700"/>
+    <s v="Prosperous"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114800"/>
+    <s v="Moate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="114900"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782864"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115000"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26795"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115100"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34725"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115200"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32382"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115300"/>
+    <s v="Remainder of country"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402851"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="115400"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496753"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556445"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="100100"/>
+    <s v="Greater Dublin Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163727"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="100200"/>
+    <s v="Other Cities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54494"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26648"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11879"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9432"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6535"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76382"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="100800"/>
+    <s v="Dundalk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="100900"/>
+    <s v="Drogheda"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="101000"/>
+    <s v="Bray"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5364"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="101100"/>
+    <s v="Swords"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4778"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="101200"/>
+    <s v="Ennis"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="101300"/>
+    <s v="Tralee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="101500"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="101600"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="101700"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="101900"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="102000"/>
+    <s v="Clonmel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="102100"/>
+    <s v="Droichead Nua"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="102200"/>
+    <s v="Celbridge"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="102400"/>
+    <s v="Mullingar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="102500"/>
+    <s v="Letterkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="102600"/>
+    <s v="Leixlip"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="102800"/>
+    <s v="Killarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="103000"/>
+    <s v="Greystones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="103100"/>
+    <s v="Castlebar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="103200"/>
+    <s v="Carrigaline"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="103300"/>
+    <s v="Tullamore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="103400"/>
+    <s v="Balbriggan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="103600"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32409"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="103700"/>
+    <s v="Arklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="103800"/>
+    <s v="Cobh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="103900"/>
+    <s v="Ballina"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="104100"/>
+    <s v="Skerries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="104200"/>
+    <s v="Enniscorthy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="104201"/>
+    <s v="Mallow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="104300"/>
+    <s v="Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="104400"/>
+    <s v="Portmarnock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="104600"/>
+    <s v="Midleton"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="104700"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="104800"/>
+    <s v="Dungarvan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="104900"/>
+    <s v="Thurles"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="105000"/>
+    <s v="Rush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="105100"/>
+    <s v="Youghal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="105200"/>
+    <s v="New Ross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="105300"/>
+    <s v="Nenagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="105400"/>
+    <s v="Ashbourne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="105500"/>
+    <s v="Ballinasloe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="105600"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="105700"/>
+    <s v="Athy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="105800"/>
+    <s v="Tuam"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="105900"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="106000"/>
+    <s v="Trim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="106200"/>
+    <s v="Westport"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="106300"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="106400"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="106500"/>
+    <s v="Dunboyne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="106600"/>
+    <s v="Gorey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="106800"/>
+    <s v="Bandon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="106900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13215"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="107000"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="107100"/>
+    <s v="Fermoy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="107200"/>
+    <s v="Passage West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="107300"/>
+    <s v="Roscrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="107400"/>
+    <s v="Edenderry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="107500"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="107600"/>
+    <s v="Birr"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="107700"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="107800"/>
+    <s v="Clane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="107900"/>
+    <s v="Newcastle (Co. Limerick)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="108000"/>
+    <s v="Loughrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="108100"/>
+    <s v="Portarlington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="108200"/>
+    <s v="Listowel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="108300"/>
+    <s v="Ardee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="108400"/>
+    <s v="Donabate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="108500"/>
+    <s v="Carrickmacross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="108600"/>
+    <s v="Ratoath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="108700"/>
+    <s v="Clonakilty"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="108800"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="108900"/>
+    <s v="Kinsale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="109000"/>
+    <s v="Mountmellick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="109100"/>
+    <s v="Mitchelstown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="109200"/>
+    <s v="Bantry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="109300"/>
+    <s v="Dunshaughlin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="109400"/>
+    <s v="Tower"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="109500"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14573"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="109600"/>
+    <s v="Macroom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="109700"/>
+    <s v="Castleblayney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="109800"/>
+    <s v="Sallins"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="109900"/>
+    <s v="Kilcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="110100"/>
+    <s v="Cashel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="110200"/>
+    <s v="Kilcock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="110300"/>
+    <s v="Muinebeag"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="110400"/>
+    <s v="Ballyshannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="110500"/>
+    <s v="Clara"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="110600"/>
+    <s v="Kilrush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="110700"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="110800"/>
+    <s v="Monasterevan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="110900"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="111000"/>
+    <s v="Blessington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="111100"/>
+    <s v="Rathcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="111200"/>
+    <s v="Lusk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="111300"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="111400"/>
+    <s v="Tullow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="111500"/>
+    <s v="Templemore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="111600"/>
+    <s v="Kill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="111700"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="111800"/>
+    <s v="Boyle"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="111900"/>
+    <s v="Duleek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="112000"/>
+    <s v="Castleisland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="112100"/>
+    <s v="Athenry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="112200"/>
+    <s v="Blarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="112300"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="112400"/>
+    <s v="Claremorris"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="112500"/>
+    <s v="Skibbereen"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="112600"/>
+    <s v="Clones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="112700"/>
+    <s v="Enniskerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="112800"/>
+    <s v="Kenmare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="112900"/>
+    <s v="Bundoran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="113000"/>
+    <s v="An Daingean"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="113100"/>
+    <s v="Rathangan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="113200"/>
+    <s v="Castlerea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="113300"/>
+    <s v="Gort"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="113400"/>
+    <s v="Dunmore East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="113500"/>
+    <s v="Cootehill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="113600"/>
+    <s v="Portrane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="113700"/>
+    <s v="Oranmore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="113900"/>
+    <s v="Carndonagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="114000"/>
+    <s v="Bailieborough"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="114100"/>
+    <s v="Kanturk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="114200"/>
+    <s v="Ballinrobe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="114300"/>
+    <s v="Thomastown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="114400"/>
+    <s v="Banagher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="114500"/>
+    <s v="Athboy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="114600"/>
+    <s v="Dunmanway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="114700"/>
+    <s v="Prosperous"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="114800"/>
+    <s v="Moate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="114900"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354800"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="115000"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9404"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="115100"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12577"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="115200"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11524"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="115300"/>
+    <s v="Remainder of country"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168140"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Yes, owns a personal computer"/>
+    <s v="115400"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201645"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="698020"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="100100"/>
+    <s v="Greater Dublin Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168835"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="100200"/>
+    <s v="Other Cities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70987"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34119"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16664"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11117"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9087"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83723"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="100800"/>
+    <s v="Dundalk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6444"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="100900"/>
+    <s v="Drogheda"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6061"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="101000"/>
+    <s v="Bray"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="101100"/>
+    <s v="Swords"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3452"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="101200"/>
+    <s v="Ennis"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="101300"/>
+    <s v="Tralee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3992"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="101500"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="101600"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="101700"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="101900"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="102000"/>
+    <s v="Clonmel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3576"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="102100"/>
+    <s v="Droichead Nua"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="102200"/>
+    <s v="Celbridge"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="102400"/>
+    <s v="Mullingar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="102500"/>
+    <s v="Letterkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="102600"/>
+    <s v="Leixlip"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="102800"/>
+    <s v="Killarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="103000"/>
+    <s v="Greystones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="103100"/>
+    <s v="Castlebar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="103200"/>
+    <s v="Carrigaline"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="103300"/>
+    <s v="Tullamore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="103400"/>
+    <s v="Balbriggan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="103600"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44307"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="103700"/>
+    <s v="Arklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="103800"/>
+    <s v="Cobh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="103900"/>
+    <s v="Ballina"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="104100"/>
+    <s v="Skerries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="104200"/>
+    <s v="Enniscorthy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="104201"/>
+    <s v="Mallow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="104300"/>
+    <s v="Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="104400"/>
+    <s v="Portmarnock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="104600"/>
+    <s v="Midleton"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="104700"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="104800"/>
+    <s v="Dungarvan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="104900"/>
+    <s v="Thurles"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="105000"/>
+    <s v="Rush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="105100"/>
+    <s v="Youghal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="105200"/>
+    <s v="New Ross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="105300"/>
+    <s v="Nenagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="105400"/>
+    <s v="Ashbourne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="105500"/>
+    <s v="Ballinasloe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="105600"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="105700"/>
+    <s v="Athy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="105800"/>
+    <s v="Tuam"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="105900"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="106000"/>
+    <s v="Trim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="106200"/>
+    <s v="Westport"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="106300"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="106400"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="106500"/>
+    <s v="Dunboyne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="106600"/>
+    <s v="Gorey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="106800"/>
+    <s v="Bandon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="106900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19673"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="107000"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="107100"/>
+    <s v="Fermoy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="107200"/>
+    <s v="Passage West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="107300"/>
+    <s v="Roscrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="107400"/>
+    <s v="Edenderry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="107500"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="107600"/>
+    <s v="Birr"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="107700"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="107800"/>
+    <s v="Clane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="107900"/>
+    <s v="Newcastle (Co. Limerick)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="108000"/>
+    <s v="Loughrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="108100"/>
+    <s v="Portarlington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="108200"/>
+    <s v="Listowel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="108300"/>
+    <s v="Ardee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="108400"/>
+    <s v="Donabate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="108500"/>
+    <s v="Carrickmacross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="108600"/>
+    <s v="Ratoath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="108700"/>
+    <s v="Clonakilty"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="108800"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="108900"/>
+    <s v="Kinsale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="109000"/>
+    <s v="Mountmellick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="109100"/>
+    <s v="Mitchelstown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="109200"/>
+    <s v="Bantry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="109300"/>
+    <s v="Dunshaughlin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="109400"/>
+    <s v="Tower"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="109500"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22387"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="109600"/>
+    <s v="Macroom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="109700"/>
+    <s v="Castleblayney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="109800"/>
+    <s v="Sallins"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="109900"/>
+    <s v="Kilcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="110100"/>
+    <s v="Cashel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="110200"/>
+    <s v="Kilcock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="110300"/>
+    <s v="Muinebeag"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="110400"/>
+    <s v="Ballyshannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="110500"/>
+    <s v="Clara"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="110600"/>
+    <s v="Kilrush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="110700"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="110800"/>
+    <s v="Monasterevan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="110900"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="111000"/>
+    <s v="Blessington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="111100"/>
+    <s v="Rathcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="111200"/>
+    <s v="Lusk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="111300"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="111400"/>
+    <s v="Tullow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="111500"/>
+    <s v="Templemore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="111600"/>
+    <s v="Kill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="111700"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="111800"/>
+    <s v="Boyle"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="111900"/>
+    <s v="Duleek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="112000"/>
+    <s v="Castleisland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="112100"/>
+    <s v="Athenry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="112200"/>
+    <s v="Blarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="112300"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="112400"/>
+    <s v="Claremorris"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="112500"/>
+    <s v="Skibbereen"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="112600"/>
+    <s v="Clones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="112700"/>
+    <s v="Enniskerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="112800"/>
+    <s v="Kenmare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="112900"/>
+    <s v="Bundoran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="113000"/>
+    <s v="An Daingean"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="113100"/>
+    <s v="Rathangan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="113200"/>
+    <s v="Castlerea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="113300"/>
+    <s v="Gort"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="113400"/>
+    <s v="Dunmore East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="113500"/>
+    <s v="Cootehill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="113600"/>
+    <s v="Portrane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="113700"/>
+    <s v="Oranmore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="113900"/>
+    <s v="Carndonagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="114000"/>
+    <s v="Bailieborough"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="114100"/>
+    <s v="Kanturk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="114200"/>
+    <s v="Ballinrobe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="114300"/>
+    <s v="Thomastown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="114400"/>
+    <s v="Banagher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="114500"/>
+    <s v="Athboy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="114600"/>
+    <s v="Dunmanway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="114700"/>
+    <s v="Prosperous"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="114800"/>
+    <s v="Moate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="114900"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409912"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="115000"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16930"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="115100"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21574"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="115200"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20379"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="115300"/>
+    <s v="Remainder of country"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229225"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="No, does not own a personal computer"/>
+    <s v="115400"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288108"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25152"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="100100"/>
+    <s v="Greater Dublin Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9962"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="100200"/>
+    <s v="Other Cities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="100800"/>
+    <s v="Dundalk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="100900"/>
+    <s v="Drogheda"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="101000"/>
+    <s v="Bray"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="101100"/>
+    <s v="Swords"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="101200"/>
+    <s v="Ennis"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="101300"/>
+    <s v="Tralee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="101500"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="101600"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="101700"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="101900"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="102000"/>
+    <s v="Clonmel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="102100"/>
+    <s v="Droichead Nua"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="102200"/>
+    <s v="Celbridge"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="102400"/>
+    <s v="Mullingar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="102500"/>
+    <s v="Letterkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="102600"/>
+    <s v="Leixlip"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="102800"/>
+    <s v="Killarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="103000"/>
+    <s v="Greystones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="103100"/>
+    <s v="Castlebar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="103200"/>
+    <s v="Carrigaline"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="103300"/>
+    <s v="Tullamore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="103400"/>
+    <s v="Balbriggan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="103600"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="103700"/>
+    <s v="Arklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="103800"/>
+    <s v="Cobh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="103900"/>
+    <s v="Ballina"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="104100"/>
+    <s v="Skerries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="104200"/>
+    <s v="Enniscorthy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="104201"/>
+    <s v="Mallow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="104300"/>
+    <s v="Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="104400"/>
+    <s v="Portmarnock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="104600"/>
+    <s v="Midleton"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="104700"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="104800"/>
+    <s v="Dungarvan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="104900"/>
+    <s v="Thurles"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="105000"/>
+    <s v="Rush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="105100"/>
+    <s v="Youghal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="105200"/>
+    <s v="New Ross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="105300"/>
+    <s v="Nenagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="105400"/>
+    <s v="Ashbourne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="105500"/>
+    <s v="Ballinasloe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="105600"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="105700"/>
+    <s v="Athy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="105800"/>
+    <s v="Tuam"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="105900"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="106000"/>
+    <s v="Trim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="106200"/>
+    <s v="Westport"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="106300"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="106400"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="106500"/>
+    <s v="Dunboyne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="106600"/>
+    <s v="Gorey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="106800"/>
+    <s v="Bandon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="106900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="107000"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="107100"/>
+    <s v="Fermoy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="107200"/>
+    <s v="Passage West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="107300"/>
+    <s v="Roscrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="107400"/>
+    <s v="Edenderry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="107500"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="107600"/>
+    <s v="Birr"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="107700"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="107800"/>
+    <s v="Clane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="107900"/>
+    <s v="Newcastle (Co. Limerick)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="108000"/>
+    <s v="Loughrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="108100"/>
+    <s v="Portarlington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="108200"/>
+    <s v="Listowel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="108300"/>
+    <s v="Ardee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="108400"/>
+    <s v="Donabate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="108500"/>
+    <s v="Carrickmacross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="108600"/>
+    <s v="Ratoath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="108700"/>
+    <s v="Clonakilty"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="108800"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="108900"/>
+    <s v="Kinsale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="109000"/>
+    <s v="Mountmellick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="109100"/>
+    <s v="Mitchelstown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="109200"/>
+    <s v="Bantry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="109300"/>
+    <s v="Dunshaughlin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="109400"/>
+    <s v="Tower"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="109500"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="109600"/>
+    <s v="Macroom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="109700"/>
+    <s v="Castleblayney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="109800"/>
+    <s v="Sallins"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="109900"/>
+    <s v="Kilcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="110100"/>
+    <s v="Cashel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="110200"/>
+    <s v="Kilcock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="110300"/>
+    <s v="Muinebeag"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="110400"/>
+    <s v="Ballyshannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="110500"/>
+    <s v="Clara"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="110600"/>
+    <s v="Kilrush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="110700"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="110800"/>
+    <s v="Monasterevan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="110900"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="111000"/>
+    <s v="Blessington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="111100"/>
+    <s v="Rathcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="111200"/>
+    <s v="Lusk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="111300"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="111400"/>
+    <s v="Tullow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="111500"/>
+    <s v="Templemore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="111600"/>
+    <s v="Kill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="111700"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="111800"/>
+    <s v="Boyle"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="111900"/>
+    <s v="Duleek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="112000"/>
+    <s v="Castleisland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="112100"/>
+    <s v="Athenry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="112200"/>
+    <s v="Blarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="112300"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="112400"/>
+    <s v="Claremorris"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="112500"/>
+    <s v="Skibbereen"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="112600"/>
+    <s v="Clones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="112700"/>
+    <s v="Enniskerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="112800"/>
+    <s v="Kenmare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="112900"/>
+    <s v="Bundoran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="113000"/>
+    <s v="An Daingean"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="113100"/>
+    <s v="Rathangan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="113200"/>
+    <s v="Castlerea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="113300"/>
+    <s v="Gort"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="113400"/>
+    <s v="Dunmore East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="113500"/>
+    <s v="Cootehill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="113600"/>
+    <s v="Portrane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="113700"/>
+    <s v="Oranmore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="113900"/>
+    <s v="Carndonagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="114000"/>
+    <s v="Bailieborough"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="114100"/>
+    <s v="Kanturk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="114200"/>
+    <s v="Ballinrobe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="114300"/>
+    <s v="Thomastown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="114400"/>
+    <s v="Banagher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="114500"/>
+    <s v="Athboy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="114600"/>
+    <s v="Dunmanway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="114700"/>
+    <s v="Prosperous"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="114800"/>
+    <s v="Moate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="114900"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18152"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="115000"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="115100"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="115200"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="115300"/>
+    <s v="Remainder of country"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Computer ownership not stated"/>
+    <s v="115400"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7000"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="435762"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="100100"/>
+    <s v="Greater Dublin Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131499"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="100200"/>
+    <s v="Other Cities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41251"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20449"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8708"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7200"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60639"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="100800"/>
+    <s v="Dundalk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3346"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="100900"/>
+    <s v="Drogheda"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3452"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="101000"/>
+    <s v="Bray"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4446"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="101100"/>
+    <s v="Swords"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3892"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="101200"/>
+    <s v="Ennis"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3532"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="101300"/>
+    <s v="Tralee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="101500"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="101600"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="101700"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="101900"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="102000"/>
+    <s v="Clonmel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="102100"/>
+    <s v="Droichead Nua"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="102200"/>
+    <s v="Celbridge"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="102400"/>
+    <s v="Mullingar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="102500"/>
+    <s v="Letterkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="102600"/>
+    <s v="Leixlip"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="102800"/>
+    <s v="Killarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="103000"/>
+    <s v="Greystones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="103100"/>
+    <s v="Castlebar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="103200"/>
+    <s v="Carrigaline"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="103300"/>
+    <s v="Tullamore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="103400"/>
+    <s v="Balbriggan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="103600"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25864"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="103700"/>
+    <s v="Arklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="103800"/>
+    <s v="Cobh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="103900"/>
+    <s v="Ballina"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="104100"/>
+    <s v="Skerries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="104200"/>
+    <s v="Enniscorthy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="104201"/>
+    <s v="Mallow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="104300"/>
+    <s v="Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="104400"/>
+    <s v="Portmarnock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="104600"/>
+    <s v="Midleton"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="104700"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="104800"/>
+    <s v="Dungarvan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="104900"/>
+    <s v="Thurles"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="105000"/>
+    <s v="Rush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="105100"/>
+    <s v="Youghal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="105200"/>
+    <s v="New Ross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="105300"/>
+    <s v="Nenagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="105400"/>
+    <s v="Ashbourne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="105500"/>
+    <s v="Ballinasloe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="105600"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="105700"/>
+    <s v="Athy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="105800"/>
+    <s v="Tuam"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="105900"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="106000"/>
+    <s v="Trim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="106200"/>
+    <s v="Westport"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="106300"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="106400"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="106500"/>
+    <s v="Dunboyne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="106600"/>
+    <s v="Gorey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="106800"/>
+    <s v="Bandon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="106900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10478"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="107000"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="107100"/>
+    <s v="Fermoy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="107200"/>
+    <s v="Passage West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="107300"/>
+    <s v="Roscrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="107400"/>
+    <s v="Edenderry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="107500"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="107600"/>
+    <s v="Birr"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="107700"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="107800"/>
+    <s v="Clane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="107900"/>
+    <s v="Newcastle (Co. Limerick)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="108000"/>
+    <s v="Loughrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="108100"/>
+    <s v="Portarlington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="108200"/>
+    <s v="Listowel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="108300"/>
+    <s v="Ardee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="108400"/>
+    <s v="Donabate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="108500"/>
+    <s v="Carrickmacross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="108600"/>
+    <s v="Ratoath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="108700"/>
+    <s v="Clonakilty"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="108800"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="108900"/>
+    <s v="Kinsale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="109000"/>
+    <s v="Mountmellick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="109100"/>
+    <s v="Mitchelstown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="109200"/>
+    <s v="Bantry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="109300"/>
+    <s v="Dunshaughlin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="109400"/>
+    <s v="Tower"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="109500"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11370"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="109600"/>
+    <s v="Macroom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="109700"/>
+    <s v="Castleblayney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="109800"/>
+    <s v="Sallins"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="109900"/>
+    <s v="Kilcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="110100"/>
+    <s v="Cashel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="110200"/>
+    <s v="Kilcock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="110300"/>
+    <s v="Muinebeag"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="110400"/>
+    <s v="Ballyshannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="110500"/>
+    <s v="Clara"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="110600"/>
+    <s v="Kilrush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="110700"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="110800"/>
+    <s v="Monasterevan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="110900"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="111000"/>
+    <s v="Blessington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="111100"/>
+    <s v="Rathcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="111200"/>
+    <s v="Lusk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="111300"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="111400"/>
+    <s v="Tullow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="111500"/>
+    <s v="Templemore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="111600"/>
+    <s v="Kill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="111700"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="111800"/>
+    <s v="Boyle"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="111900"/>
+    <s v="Duleek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="112000"/>
+    <s v="Castleisland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="112100"/>
+    <s v="Athenry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="112200"/>
+    <s v="Blarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="112300"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="112400"/>
+    <s v="Claremorris"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="112500"/>
+    <s v="Skibbereen"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="112600"/>
+    <s v="Clones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="112700"/>
+    <s v="Enniskerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="112800"/>
+    <s v="Kenmare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="112900"/>
+    <s v="Bundoran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="113000"/>
+    <s v="An Daingean"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="113100"/>
+    <s v="Rathangan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="113200"/>
+    <s v="Castlerea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="113300"/>
+    <s v="Gort"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="113400"/>
+    <s v="Dunmore East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="113500"/>
+    <s v="Cootehill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="113600"/>
+    <s v="Portrane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="113700"/>
+    <s v="Oranmore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="113900"/>
+    <s v="Carndonagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="114000"/>
+    <s v="Bailieborough"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="114100"/>
+    <s v="Kanturk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="114200"/>
+    <s v="Ballinrobe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="114300"/>
+    <s v="Thomastown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="114400"/>
+    <s v="Banagher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="114500"/>
+    <s v="Athboy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="114600"/>
+    <s v="Dunmanway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="114700"/>
+    <s v="Prosperous"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="114800"/>
+    <s v="Moate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="114900"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281101"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="115000"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7239"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="115100"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9642"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="115200"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8633"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="115300"/>
+    <s v="Remainder of country"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129147"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Yes, broadband internet access"/>
+    <s v="115400"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154661"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="814743"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="100100"/>
+    <s v="Greater Dublin Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200192"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="100200"/>
+    <s v="Other Cities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83883"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40162"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19726"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13307"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10688"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99058"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="100800"/>
+    <s v="Dundalk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7466"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="100900"/>
+    <s v="Drogheda"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7052"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="101000"/>
+    <s v="Bray"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5335"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="101100"/>
+    <s v="Swords"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4319"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="101200"/>
+    <s v="Ennis"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3843"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="101300"/>
+    <s v="Tralee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5264"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="101500"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4735"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="101600"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4057"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="101700"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="101900"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4501"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="102000"/>
+    <s v="Clonmel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4075"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="102100"/>
+    <s v="Droichead Nua"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="102200"/>
+    <s v="Celbridge"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="102400"/>
+    <s v="Mullingar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="102500"/>
+    <s v="Letterkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="102600"/>
+    <s v="Leixlip"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="102800"/>
+    <s v="Killarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="103000"/>
+    <s v="Greystones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="103100"/>
+    <s v="Castlebar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="103200"/>
+    <s v="Carrigaline"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="103300"/>
+    <s v="Tullamore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="103400"/>
+    <s v="Balbriggan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="103600"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50695"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="103700"/>
+    <s v="Arklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="103800"/>
+    <s v="Cobh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="103900"/>
+    <s v="Ballina"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2436"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="104100"/>
+    <s v="Skerries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="104200"/>
+    <s v="Enniscorthy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="104201"/>
+    <s v="Mallow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="104300"/>
+    <s v="Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="104400"/>
+    <s v="Portmarnock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="104600"/>
+    <s v="Midleton"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="104700"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="104800"/>
+    <s v="Dungarvan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="104900"/>
+    <s v="Thurles"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2049"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="105000"/>
+    <s v="Rush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="105100"/>
+    <s v="Youghal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="105200"/>
+    <s v="New Ross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="105300"/>
+    <s v="Nenagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="105400"/>
+    <s v="Ashbourne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="105500"/>
+    <s v="Ballinasloe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="105600"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="105700"/>
+    <s v="Athy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="105800"/>
+    <s v="Tuam"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="105900"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="106000"/>
+    <s v="Trim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="106200"/>
+    <s v="Westport"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="106300"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="106400"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="106500"/>
+    <s v="Dunboyne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="106600"/>
+    <s v="Gorey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="106800"/>
+    <s v="Bandon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="106900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22375"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="107000"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="107100"/>
+    <s v="Fermoy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="107200"/>
+    <s v="Passage West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="107300"/>
+    <s v="Roscrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="107400"/>
+    <s v="Edenderry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="107500"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="107600"/>
+    <s v="Birr"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="107700"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="107800"/>
+    <s v="Clane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="107900"/>
+    <s v="Newcastle (Co. Limerick)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="108000"/>
+    <s v="Loughrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="108100"/>
+    <s v="Portarlington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="108200"/>
+    <s v="Listowel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="108300"/>
+    <s v="Ardee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="108400"/>
+    <s v="Donabate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="108500"/>
+    <s v="Carrickmacross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="108600"/>
+    <s v="Ratoath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="108700"/>
+    <s v="Clonakilty"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="108800"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="108900"/>
+    <s v="Kinsale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="109000"/>
+    <s v="Mountmellick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="109100"/>
+    <s v="Mitchelstown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="109200"/>
+    <s v="Bantry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="109300"/>
+    <s v="Dunshaughlin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="109400"/>
+    <s v="Tower"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="109500"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25488"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="109600"/>
+    <s v="Macroom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="109700"/>
+    <s v="Castleblayney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="109800"/>
+    <s v="Sallins"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="109900"/>
+    <s v="Kilcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="110100"/>
+    <s v="Cashel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="110200"/>
+    <s v="Kilcock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="110300"/>
+    <s v="Muinebeag"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="110400"/>
+    <s v="Ballyshannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="110500"/>
+    <s v="Clara"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="110600"/>
+    <s v="Kilrush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="110700"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="110800"/>
+    <s v="Monasterevan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="110900"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="111000"/>
+    <s v="Blessington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="111100"/>
+    <s v="Rathcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="111200"/>
+    <s v="Lusk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="111300"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="111400"/>
+    <s v="Tullow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="111500"/>
+    <s v="Templemore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="111600"/>
+    <s v="Kill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="111700"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="111800"/>
+    <s v="Boyle"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="111900"/>
+    <s v="Duleek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="112000"/>
+    <s v="Castleisland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="112100"/>
+    <s v="Athenry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="112200"/>
+    <s v="Blarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="112300"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="112400"/>
+    <s v="Claremorris"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="112500"/>
+    <s v="Skibbereen"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="112600"/>
+    <s v="Clones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="112700"/>
+    <s v="Enniskerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="112800"/>
+    <s v="Kenmare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="112900"/>
+    <s v="Bundoran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="113000"/>
+    <s v="An Daingean"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="113100"/>
+    <s v="Rathangan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="113200"/>
+    <s v="Castlerea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="113300"/>
+    <s v="Gort"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="113400"/>
+    <s v="Dunmore East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="113500"/>
+    <s v="Cootehill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="113600"/>
+    <s v="Portrane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="113700"/>
+    <s v="Oranmore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="113900"/>
+    <s v="Carndonagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="114000"/>
+    <s v="Bailieborough"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="114100"/>
+    <s v="Kanturk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="114200"/>
+    <s v="Ballinrobe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="114300"/>
+    <s v="Thomastown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="114400"/>
+    <s v="Banagher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="114500"/>
+    <s v="Athboy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="114600"/>
+    <s v="Dunmanway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="114700"/>
+    <s v="Prosperous"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="114800"/>
+    <s v="Moate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="114900"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481691"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="115000"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19019"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="115100"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24395"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="115200"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23171"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="115300"/>
+    <s v="Remainder of country"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266467"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="No internet access"/>
+    <s v="115400"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333052"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29112"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="100100"/>
+    <s v="Greater Dublin Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10833"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="100200"/>
+    <s v="Other Cities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3079"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="100800"/>
+    <s v="Dundalk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="100900"/>
+    <s v="Drogheda"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="101000"/>
+    <s v="Bray"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="101100"/>
+    <s v="Swords"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="101200"/>
+    <s v="Ennis"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="101300"/>
+    <s v="Tralee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="101500"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="101600"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="101700"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="101900"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="102000"/>
+    <s v="Clonmel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="102100"/>
+    <s v="Droichead Nua"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="102200"/>
+    <s v="Celbridge"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="102400"/>
+    <s v="Mullingar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="102500"/>
+    <s v="Letterkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="102600"/>
+    <s v="Leixlip"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="102800"/>
+    <s v="Killarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="103000"/>
+    <s v="Greystones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="103100"/>
+    <s v="Castlebar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="103200"/>
+    <s v="Carrigaline"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="103300"/>
+    <s v="Tullamore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="103400"/>
+    <s v="Balbriggan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="103600"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="103700"/>
+    <s v="Arklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="103800"/>
+    <s v="Cobh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="103900"/>
+    <s v="Ballina"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="104100"/>
+    <s v="Skerries"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="104200"/>
+    <s v="Enniscorthy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="104201"/>
+    <s v="Mallow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="104300"/>
+    <s v="Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="104400"/>
+    <s v="Portmarnock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="104600"/>
+    <s v="Midleton"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="104700"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="104800"/>
+    <s v="Dungarvan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="104900"/>
+    <s v="Thurles"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="105000"/>
+    <s v="Rush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="105100"/>
+    <s v="Youghal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="105200"/>
+    <s v="New Ross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="105300"/>
+    <s v="Nenagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="105400"/>
+    <s v="Ashbourne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="105500"/>
+    <s v="Ballinasloe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="105600"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="105700"/>
+    <s v="Athy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="105800"/>
+    <s v="Tuam"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="105900"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="106000"/>
+    <s v="Trim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="106200"/>
+    <s v="Westport"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="106300"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="106400"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="106500"/>
+    <s v="Dunboyne"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="106600"/>
+    <s v="Gorey"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="106800"/>
+    <s v="Bandon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="106900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="107000"/>
+    <s v="Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="107100"/>
+    <s v="Fermoy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="107200"/>
+    <s v="Passage West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="107300"/>
+    <s v="Roscrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="107400"/>
+    <s v="Edenderry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="107500"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="107600"/>
+    <s v="Birr"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="107700"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="107800"/>
+    <s v="Clane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="107900"/>
+    <s v="Newcastle (Co. Limerick)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="108000"/>
+    <s v="Loughrea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="108100"/>
+    <s v="Portarlington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="108200"/>
+    <s v="Listowel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="108300"/>
+    <s v="Ardee"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="108400"/>
+    <s v="Donabate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="108500"/>
+    <s v="Carrickmacross"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="108600"/>
+    <s v="Ratoath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="108700"/>
+    <s v="Clonakilty"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="108800"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="108900"/>
+    <s v="Kinsale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="109000"/>
+    <s v="Mountmellick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="109100"/>
+    <s v="Mitchelstown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="109200"/>
+    <s v="Bantry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="109300"/>
+    <s v="Dunshaughlin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="109400"/>
+    <s v="Tower"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="109500"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="109600"/>
+    <s v="Macroom"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="109700"/>
+    <s v="Castleblayney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="109800"/>
+    <s v="Sallins"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="109900"/>
+    <s v="Kilcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="110100"/>
+    <s v="Cashel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="110200"/>
+    <s v="Kilcock"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="110300"/>
+    <s v="Muinebeag"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="110400"/>
+    <s v="Ballyshannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="110500"/>
+    <s v="Clara"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="110600"/>
+    <s v="Kilrush"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="110700"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="110800"/>
+    <s v="Monasterevan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="110900"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="111000"/>
+    <s v="Blessington"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="111100"/>
+    <s v="Rathcoole"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="111200"/>
+    <s v="Lusk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="111300"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="111400"/>
+    <s v="Tullow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="111500"/>
+    <s v="Templemore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="111600"/>
+    <s v="Kill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="111700"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="111800"/>
+    <s v="Boyle"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="111900"/>
+    <s v="Duleek"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="112000"/>
+    <s v="Castleisland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="112100"/>
+    <s v="Athenry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="112200"/>
+    <s v="Blarney"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="112300"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="112400"/>
+    <s v="Claremorris"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="112500"/>
+    <s v="Skibbereen"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="112600"/>
+    <s v="Clones"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="112700"/>
+    <s v="Enniskerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="112800"/>
+    <s v="Kenmare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="112900"/>
+    <s v="Bundoran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="113000"/>
+    <s v="An Daingean"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="113100"/>
+    <s v="Rathangan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="113200"/>
+    <s v="Castlerea"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="113300"/>
+    <s v="Gort"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="113400"/>
+    <s v="Dunmore East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="113500"/>
+    <s v="Cootehill"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="113600"/>
+    <s v="Portrane"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="113700"/>
+    <s v="Oranmore"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="113900"/>
+    <s v="Carndonagh"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="114000"/>
+    <s v="Bailieborough"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="114100"/>
+    <s v="Kanturk"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="114200"/>
+    <s v="Ballinrobe"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="114300"/>
+    <s v="Thomastown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="114400"/>
+    <s v="Banagher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="114500"/>
+    <s v="Athboy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="114600"/>
+    <s v="Dunmanway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="114700"/>
+    <s v="Prosperous"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="114800"/>
+    <s v="Moate"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="114900"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20072"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="115000"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="115100"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="115200"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="115300"/>
+    <s v="Remainder of country"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7237"/>
+  </r>
+  <r>
+    <s v="B1334"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Internet access not stated"/>
+    <s v="115400"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9040"/>
+  </r>
+</pivotCacheRecords>
 </file>