--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R330eb332f7594296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/363e46281d43455c806df878c674fc18.psmdcp" Id="R108b787e82464f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02f3778b3b7b412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ae031002653411485dac264f3426c9f.psmdcp" Id="R8f037c0337f3474e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1327</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1327/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -658,603 +658,224 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...551 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J529" totalsRowShown="0">
   <x:autoFilter ref="A1:J529"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1525,51 +1146,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1327/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1756,51 +1377,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -18718,51 +18339,51 @@
       <x:c r="G529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J529" s="0">
         <x:v>369</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18779,51 +18400,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1327"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -19458,27 +19079,6364 @@
         <x:n v="893"/>
         <x:n v="464"/>
         <x:n v="721"/>
         <x:n v="880"/>
         <x:n v="539"/>
         <x:n v="341"/>
         <x:n v="3693"/>
         <x:n v="1820"/>
         <x:n v="709"/>
         <x:n v="1111"/>
         <x:n v="205"/>
         <x:n v="787"/>
         <x:n v="367"/>
         <x:n v="514"/>
         <x:n v="1792"/>
         <x:n v="439"/>
         <x:n v="984"/>
         <x:n v="369"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688604"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14790"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378410"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180661"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64071"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60460"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73218"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50076"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25407"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18337"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10298"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33353"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41335"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19885"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23160"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37415"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36138"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="360814"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33635"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147224"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42647"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104577"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42860"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57043"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18902"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38141"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20026"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26258"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33768"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15287"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18481"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151341"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65716"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21019"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44697"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39114"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18003"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19508"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78858"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18156"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44119"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16583"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18081"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13163"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11002"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9968"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47512"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28147"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20202"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16413"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11913"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94864"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50376"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30812"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20956"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3523"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26514"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9328"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3346"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3948"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4687"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11738"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5134"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6236"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142520"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76301"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45345"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30072"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6063"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4707"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3745"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3478"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39163"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14336"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4864"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9472"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5383"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6561"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17481"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7162"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4794"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4831"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9575"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6092"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327392"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181612"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96806"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40182"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12708"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17342"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26574"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13904"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6991"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5143"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10530"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9406"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5599"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5952"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10587"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9811"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91694"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7765"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37967"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12284"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25683"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10588"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13721"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5099"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8622"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4994"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7596"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9063"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4315"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4748"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34467"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13848"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4891"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8957"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9747"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4003"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4774"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19619"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4065"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11572"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3982"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262554"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136353"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73127"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31069"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12294"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12384"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17380"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9869"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5410"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3948"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6556"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8104"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4704"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7941"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7361"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75987"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7341"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31267"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8933"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22334"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8705"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12531"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3896"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8635"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4202"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5053"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6888"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3764"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33377"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14482"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4291"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10191"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8663"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4134"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16837"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9210"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179434"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92081"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45684"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13353"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11098"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10730"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10503"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8068"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4441"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7502"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5244"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5231"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52737"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5116"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22261"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4558"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17703"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5869"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8265"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6448"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4925"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23459"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10444"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7926"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5732"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2776"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11157"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3136"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5219"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97853"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51492"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24604"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6287"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7900"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5558"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4768"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28845"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12559"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10222"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4415"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11672"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5503"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3951"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5844"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42125"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22117"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10512"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3949"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12222"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4425"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5296"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33287"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17176"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7479"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3009"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9671"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4131"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33995"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19786"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12837"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7787"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8724"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3577"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3693"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="B1327"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+</pivotCacheRecords>
 </file>