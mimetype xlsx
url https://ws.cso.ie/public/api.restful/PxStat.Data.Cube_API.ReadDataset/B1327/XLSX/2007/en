--- v1 (2025-12-03)
+++ v2 (2026-01-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02f3778b3b7b412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ae031002653411485dac264f3426c9f.psmdcp" Id="R8f037c0337f3474e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re776bc1121bf4111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c28748b31f8c4c42a18f0c83515f6b8d.psmdcp" Id="R97c8270378b64e43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>