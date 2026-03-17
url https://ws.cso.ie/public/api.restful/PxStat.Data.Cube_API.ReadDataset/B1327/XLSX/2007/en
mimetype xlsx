--- v2 (2026-01-28)
+++ v3 (2026-03-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re776bc1121bf4111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c28748b31f8c4c42a18f0c83515f6b8d.psmdcp" Id="R97c8270378b64e43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9f46f57cf5a43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d860cc3211a4495da272b2ef34f6ebef.psmdcp" Id="Rf989b54aa3844d6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>