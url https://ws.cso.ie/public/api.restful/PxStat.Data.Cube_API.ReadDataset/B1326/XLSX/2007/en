--- v0 (2025-10-16)
+++ v1 (2025-12-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e654e25d6db4bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e1ebd5ab2394ffd8b4a1208d97ef79d.psmdcp" Id="R5c4d8f77317145e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea49179ae724e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/81b6fe458bb348749a13014138a7b564.psmdcp" Id="R2ff94c2c0c6c407e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1326</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1326/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,363 +490,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms Occupied" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L325" totalsRowShown="0">
   <x:autoFilter ref="A1:L325"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02729V03297"/>
     <x:tableColumn id="4" name="Number of Rooms Occupied"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1119,51 +926,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1326/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1350,51 +1157,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="28.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13736,51 +13543,51 @@
       <x:c r="I325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>1791</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13797,51 +13604,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1326"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02729V03297">
       <x:sharedItems count="12">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="101"/>
@@ -14229,27 +14036,4564 @@
         <x:n v="23176"/>
         <x:n v="1287"/>
         <x:n v="695"/>
         <x:n v="1209"/>
         <x:n v="12636"/>
         <x:n v="1711"/>
         <x:n v="1231"/>
         <x:n v="1661"/>
         <x:n v="2746"/>
         <x:n v="10819"/>
         <x:n v="2002"/>
         <x:n v="1086"/>
         <x:n v="1765"/>
         <x:n v="201"/>
         <x:n v="1175"/>
         <x:n v="1355"/>
         <x:n v="1444"/>
         <x:n v="1791"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140719"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71680"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122833"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378410"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127549"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110704"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137638"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190084"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782864"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48873"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27619"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42381"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370917"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74357"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49662"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61835"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107220"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496753"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91846"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44061"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80452"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7493"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53192"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61042"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75803"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82864"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18081"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11002"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15777"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10966"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47512"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20202"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3703"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6370"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36259"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20070"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11253"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94864"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10652"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5407"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9459"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30812"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7377"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8837"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9044"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13276"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62020"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3928"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30455"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8037"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32844"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6796"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3036"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5531"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3166"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4544"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4175"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5239"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142520"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16423"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7876"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14111"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45345"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11194"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12618"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15234"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19719"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86791"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5144"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4684"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44632"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6114"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5580"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6942"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10758"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55729"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11279"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4939"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9427"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5080"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7038"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8292"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8961"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327392"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37018"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19155"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27598"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96806"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33121"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26480"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38659"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48555"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215647"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16315"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8620"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10621"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95342"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20925"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13050"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20249"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30525"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111745"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20703"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10535"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16977"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12196"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13430"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18410"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18030"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262554"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29453"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14998"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27317"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73127"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25334"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24074"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28279"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39972"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153876"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9372"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8699"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71750"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14606"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10574"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11828"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21772"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108678"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20081"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9723"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18618"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10728"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13500"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16451"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18200"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179434"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19730"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10318"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19327"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45684"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20801"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16378"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19066"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28130"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98334"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5586"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5336"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44433"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12283"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6692"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6847"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13861"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81100"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14144"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7022"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13991"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8518"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9686"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12219"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14269"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97853"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10470"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5234"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9547"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24604"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13087"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8755"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10583"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15573"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53627"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2841"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23749"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7711"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7625"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44226"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7629"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3603"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6564"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5376"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5362"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6889"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7948"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42125"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4543"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4287"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10512"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5492"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6716"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22020"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9997"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20105"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33287"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3686"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7479"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4313"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5206"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15337"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6887"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17950"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3143"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33995"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12837"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3105"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4537"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23176"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12636"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10819"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="B1326"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+</pivotCacheRecords>
 </file>