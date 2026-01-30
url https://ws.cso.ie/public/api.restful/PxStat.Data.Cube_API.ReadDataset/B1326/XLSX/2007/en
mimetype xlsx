--- v1 (2025-12-12)
+++ v2 (2026-01-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea49179ae724e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/81b6fe458bb348749a13014138a7b564.psmdcp" Id="R2ff94c2c0c6c407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0d12f7a642440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33be7d4e3db74efb8da5b91234ea3293.psmdcp" Id="R0065e4086ac34c30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>