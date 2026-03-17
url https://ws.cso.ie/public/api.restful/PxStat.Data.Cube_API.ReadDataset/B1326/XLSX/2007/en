--- v2 (2026-01-30)
+++ v3 (2026-03-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0d12f7a642440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33be7d4e3db74efb8da5b91234ea3293.psmdcp" Id="R0065e4086ac34c30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf192dd77cd064f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b7e29b1a7434a2799c70f4d9f1923fe.psmdcp" Id="R1853c2edfa1d4ab6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>