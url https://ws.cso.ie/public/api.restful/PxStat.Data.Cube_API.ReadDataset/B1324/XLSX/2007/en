--- v0 (2025-10-18)
+++ v1 (2026-02-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63d3f4f955664568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2331d0a064fd4824b2c3d8a156d26f84.psmdcp" Id="Ra53cbb88a1f245dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15f5cdd402a645ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e319173b38e41d7b71513e1736626c9.psmdcp" Id="R0c090dc8baf24ffb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1324</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Average Weekly Rent of Rented Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1324/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -511,371 +511,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L892" totalsRowShown="0">
   <x:autoFilter ref="A1:L892"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02701V03269"/>
     <x:tableColumn id="2" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="3" name="C02196V02652"/>
     <x:tableColumn id="4" name="Regional Authority"/>
     <x:tableColumn id="5" name="C02699V03267"/>
     <x:tableColumn id="6" name="Nature of Occupancy"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1148,51 +949,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1324/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1379,51 +1180,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L892"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="19.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="38.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -35311,51 +35112,51 @@
       <x:c r="I892" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J892" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K892" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L892" s="0">
         <x:v>103.17</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35372,51 +35173,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L892" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="IE11"/>
         <x:s v="IE12"/>
         <x:s v="IE13"/>
         <x:s v="IE21"/>
         <x:s v="IE22"/>
         <x:s v="IE23"/>
@@ -36147,27 +35948,12502 @@
         <x:n v="852"/>
         <x:n v="132"/>
         <x:n v="100.04"/>
         <x:n v="2444"/>
         <x:n v="989"/>
         <x:n v="832"/>
         <x:n v="46"/>
         <x:n v="35.34"/>
         <x:n v="137"/>
         <x:n v="378"/>
         <x:n v="94.81"/>
         <x:n v="3264"/>
         <x:n v="116"/>
         <x:n v="250"/>
         <x:n v="1192"/>
         <x:n v="1132"/>
         <x:n v="261"/>
         <x:n v="103.17"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="88206"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="31538"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="27475"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="14371"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9628"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="42.46"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="25883"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="3027"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="5257"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="4915"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="125.68"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="115576"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="18817"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="27665"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="20782"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="15919"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="9326"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="9194"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7453"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="169.16"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="8480"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2675"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="85.98"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="9486"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="113.18"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="36.91"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="98.65"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4524"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="5521"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="42.27"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="105.87"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="11744"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="144.17"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="32679"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="9464"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="9913"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="7240"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4008"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="49.12"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="8301"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="166.88"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="46530"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="5050"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="7164"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="10801"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="7518"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="7360"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3195"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="219.94"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="6972"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="40.68"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="146.17"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="7441"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="168.47"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="6639"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="38.16"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="100.48"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="9392"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3669"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="131.84"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="10679"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="4220"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="36.34"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="93.91"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="9275"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="4012"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="121.04"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="13226"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="4829"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="4295"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="40.01"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="110.01"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="17184"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="3633"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="140.79"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="69749"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="24352"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="21008"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="12022"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7782"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="44.27"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="18946"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="137.84"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="98730"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="12598"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="22128"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="19321"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="15512"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="9207"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="8948"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6396"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="180.05"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4429"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="38.44"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="95.49"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="6106"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="124.84"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="38.19"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="107.09"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="123.61"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="48.48"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="119.05"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="8558"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="159.75"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="32488"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="9426"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="9839"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="7195"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="49.13"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="8187"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="166.69"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="46252"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="5006"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="7117"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="10749"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="7475"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="7331"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="220.05"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="5001"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="41.98"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="158.94"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="5941"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="175.48"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4401"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="38.87"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="103.95"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="7417"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="139.01"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="7178"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="36.25"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="100.99"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="7106"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="127.48"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="10782"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="3463"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="41.08"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="115.96"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="13920"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="3639"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="149.59"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="18457"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="7186"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="6467"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="35.71"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="6937"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="93.04"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="16846"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="5537"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="105.47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="34.58"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="77.81"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="92.18"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="35.18"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="85.35"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="103.41"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="33.98"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="102.37"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="48.02"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="180.55"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="201.69"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="122.01"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="140.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="36.72"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="104.88"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="3501"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="36.51"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="82.47"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="100.04"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="35.34"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="94.81"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C01"/>
+    <s v="Total rented dwellings"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C02"/>
+    <s v="Under 25"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C03"/>
+    <s v="25 - &lt; 50"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C04"/>
+    <s v="50 - &lt; 100"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C05"/>
+    <s v="100 - &lt; 150"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C06"/>
+    <s v="150  - &lt; 200"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C07"/>
+    <s v="200 - &lt; 250"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C08"/>
+    <s v="250 - &lt; 300"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C09"/>
+    <s v="300 and over"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C10"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1324C11"/>
+    <s v="Average weekly rent"/>
+    <s v="Euro"/>
+    <n v="103.17"/>
+  </r>
+</pivotCacheRecords>
 </file>