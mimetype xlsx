--- v0 (2025-11-06)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c001eaa420417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e27454199c949fbb12e141d8130be98.psmdcp" Id="R279c3f5f4b60464a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf222f5f725514ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ac4192fe89240829894a27b2d8c44ed.psmdcp" Id="R1632cd21bbea4c96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1321</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1321/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,339 +472,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L244" totalsRowShown="0">
   <x:autoFilter ref="A1:L244"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1077,51 +902,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1321/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1308,51 +1133,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L244"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="46.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10616,51 +10441,51 @@
       <x:c r="I244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L244" s="0">
         <x:v>82864</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10677,51 +10502,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L244" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1321"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
@@ -11022,27 +10847,3430 @@
         <x:n v="61042"/>
         <x:n v="36912"/>
         <x:n v="26323"/>
         <x:n v="2390"/>
         <x:n v="3501"/>
         <x:n v="1064"/>
         <x:n v="2169"/>
         <x:n v="1984"/>
         <x:n v="1460"/>
         <x:n v="75803"/>
         <x:n v="43136"/>
         <x:n v="27304"/>
         <x:n v="1759"/>
         <x:n v="2444"/>
         <x:n v="3264"/>
         <x:n v="1992"/>
         <x:n v="1810"/>
         <x:n v="82864"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="461166"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484774"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44783"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88206"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25883"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115576"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21560"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37669"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60297"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48833"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8480"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9486"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3597"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140719"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29380"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26429"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4524"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71680"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54405"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40600"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5521"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11744"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122833"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101991"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153316"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17035"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32679"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8301"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46530"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14351"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378410"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39860"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61690"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3578"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6972"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7441"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127549"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44351"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39902"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6639"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9392"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110704"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55537"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47891"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5315"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10679"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9275"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2827"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137638"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75345"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66113"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5626"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13226"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17184"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190084"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215575"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="311484"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32901"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69749"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18946"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98730"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9193"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26286"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782864"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14150"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18528"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4429"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6106"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48873"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8133"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10311"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27619"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11759"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14359"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8558"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42381"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99080"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149902"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16874"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32488"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8187"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46252"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3979"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14155"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370917"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17311"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39655"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5001"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5941"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74357"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14308"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18352"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4401"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7417"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49662"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18625"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21568"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7178"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7106"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61835"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32209"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38809"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3867"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10782"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13920"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107220"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245591"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173290"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11882"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18457"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6937"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16846"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12367"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11383"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496753"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46147"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30305"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91846"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21247"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16118"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44061"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42646"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26241"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80452"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3414"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7493"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22549"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22035"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53192"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30043"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21550"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61042"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36912"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26323"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3501"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75803"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43136"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27304"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="B1321"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82864"/>
+  </r>
+</pivotCacheRecords>
 </file>