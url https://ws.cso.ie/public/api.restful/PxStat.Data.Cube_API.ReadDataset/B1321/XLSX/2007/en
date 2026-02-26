--- v1 (2026-01-06)
+++ v2 (2026-02-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf222f5f725514ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ac4192fe89240829894a27b2d8c44ed.psmdcp" Id="R1632cd21bbea4c96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5634ad64e4b74716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e13e24692b604e7494e245aa5becb323.psmdcp" Id="R7f45cdaa634944c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>