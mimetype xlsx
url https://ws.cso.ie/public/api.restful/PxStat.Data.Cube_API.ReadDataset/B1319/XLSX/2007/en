--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ff019f5195a4827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e157450e368248a2819af4ca89e0e992.psmdcp" Id="Rd52d4b46896642c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re336ea0638a84ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e93f06952e59465fbb16ab59890a004e.psmdcp" Id="Rb1e03f58f5214a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1319</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1319/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -673,587 +673,220 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...535 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period in which Built" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J441" totalsRowShown="0">
   <x:autoFilter ref="A1:J441"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="C01936V02368"/>
     <x:tableColumn id="6" name="Period in which Built"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1524,51 +1157,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1319/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1755,51 +1388,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J441"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="46.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15901,51 +15534,51 @@
       <x:c r="G441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J441" s="0">
         <x:v>558</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15962,51 +15595,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J441" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1319"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
@@ -16554,27 +16187,5308 @@
         <x:n v="3254"/>
         <x:n v="3583"/>
         <x:n v="3165"/>
         <x:n v="7573"/>
         <x:n v="7476"/>
         <x:n v="3573"/>
         <x:n v="7872"/>
         <x:n v="1282"/>
         <x:n v="16583"/>
         <x:n v="3009"/>
         <x:n v="1841"/>
         <x:n v="1521"/>
         <x:n v="1063"/>
         <x:n v="3180"/>
         <x:n v="2274"/>
         <x:n v="1062"/>
         <x:n v="2075"/>
         <x:n v="558"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167033"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114304"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146206"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114010"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216497"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170403"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94199"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197134"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59831"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688604"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78503"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57159"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84577"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67254"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120868"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87362"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51430"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104716"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36735"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14790"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378410"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36273"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32593"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56444"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44719"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66034"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45679"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28064"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42761"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25843"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180661"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27953"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25021"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36850"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19576"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17855"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12924"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10423"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12406"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17653"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64071"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5238"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4666"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11570"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11059"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10826"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8948"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5032"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4302"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60460"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5302"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15202"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11198"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6341"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13670"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73218"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5761"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8782"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22151"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12609"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6268"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12383"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3285"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50076"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9691"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7890"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12411"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25407"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4873"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4313"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18337"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3553"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2774"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3298"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10298"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33353"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3846"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3543"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3334"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6253"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5923"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41335"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4362"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8326"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5400"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10286"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19885"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23160"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3734"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37415"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6852"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3109"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5538"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4853"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7792"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36138"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5130"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7264"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5419"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5853"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="360814"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57900"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33415"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38030"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30634"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58901"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47787"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25478"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53454"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15215"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33635"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4802"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2870"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5889"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4802"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5645"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147224"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25946"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13075"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15731"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12433"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23506"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18468"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10142"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20933"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6990"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42647"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6058"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8313"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5938"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5464"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104577"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19888"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8361"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7418"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6495"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18042"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14182"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8037"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18651"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42860"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5433"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4709"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7494"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6683"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6141"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57043"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7637"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5525"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6539"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5528"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9126"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7614"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8457"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18902"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2822"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38141"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5888"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6758"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6254"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6209"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20026"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26258"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5238"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33768"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5644"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4706"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5470"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15287"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18481"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3231"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151341"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17722"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16747"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16443"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10657"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23613"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23068"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11480"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26184"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65716"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5796"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5768"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6363"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10951"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10290"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5511"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12762"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21019"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3539"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4590"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44697"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5231"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4672"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4868"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7310"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6751"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3163"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8172"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39114"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5458"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4703"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6080"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6006"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6421"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18003"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2982"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19508"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2969"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78858"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12908"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6983"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7156"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5465"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13115"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12186"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5811"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12780"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18156"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3558"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2436"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44119"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6341"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7573"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7476"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7872"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16583"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3009"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3180"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="B1319"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+</pivotCacheRecords>
 </file>