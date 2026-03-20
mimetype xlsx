--- v1 (2025-12-03)
+++ v2 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re336ea0638a84ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e93f06952e59465fbb16ab59890a004e.psmdcp" Id="Rb1e03f58f5214a37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0871230e6e9e46a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6695764f4cd14652a256ff936a620741.psmdcp" Id="Rb004c0b14e864dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>