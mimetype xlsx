--- v0 (2025-11-04)
+++ v1 (2026-02-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d3f49a6a4b045fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4df7a1f3f402468ba226b560098d9d23.psmdcp" Id="R5d99324b0722479a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R659095d4ab5a493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d53b92f070dc4c158eb96aa26e2f3786.psmdcp" Id="R61183ceb13214c7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1318</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Dwellings in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1318/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -484,347 +484,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period in which Built" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L271" totalsRowShown="0">
   <x:autoFilter ref="A1:L271"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C01936V02368"/>
     <x:tableColumn id="8" name="Period in which Built"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1097,51 +916,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1318/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1328,51 +1147,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L271"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="46.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -11662,51 +11481,51 @@
       <x:c r="I271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L271" s="0">
         <x:v>1972</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11723,51 +11542,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L271" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1318"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Dwellings in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
@@ -12097,27 +11916,3808 @@
         <x:n v="7050"/>
         <x:n v="6379"/>
         <x:n v="4198"/>
         <x:n v="11860"/>
         <x:n v="10144"/>
         <x:n v="4610"/>
         <x:n v="11971"/>
         <x:n v="1612"/>
         <x:n v="82864"/>
         <x:n v="18721"/>
         <x:n v="9029"/>
         <x:n v="7434"/>
         <x:n v="4811"/>
         <x:n v="13569"/>
         <x:n v="11770"/>
         <x:n v="5012"/>
         <x:n v="10546"/>
         <x:n v="1972"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167033"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114304"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146206"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114010"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216497"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170403"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94199"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197134"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59831"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140719"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21455"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13471"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13752"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10585"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23427"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19985"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10160"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23150"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71680"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11386"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6553"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7666"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5250"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11288"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9201"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4660"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12748"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122833"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13021"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13466"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13390"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8871"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19554"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18871"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9534"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21737"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4389"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378410"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36273"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32593"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56444"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44719"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66034"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45679"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28064"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42761"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25843"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127549"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12960"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8124"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9774"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8846"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25281"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18709"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10798"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28550"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4507"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110704"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15890"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10522"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11515"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10290"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18091"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14826"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8202"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17260"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137638"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24669"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12176"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13225"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9570"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21822"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17981"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9439"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23854"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4902"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190084"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31379"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17399"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20440"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15879"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31000"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25151"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13342"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27074"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8420"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782864"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70351"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61820"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98162"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82726"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135990"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97910"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63489"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124844"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47572"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48873"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4178"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5347"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8648"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4028"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9546"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27619"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3170"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6094"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42381"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3614"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3499"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7116"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6118"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4490"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9641"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370917"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35163"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31938"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55721"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43988"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64827"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44689"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27554"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41422"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25615"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74357"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15265"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11122"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7646"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20693"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2971"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49662"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5977"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6558"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8226"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5681"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9037"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61835"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6690"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5126"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9962"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7837"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4829"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11883"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107220"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12658"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8370"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13006"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11068"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17431"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13381"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8330"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16528"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6448"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496753"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96682"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52484"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48044"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31284"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80507"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72493"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30710"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72290"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12259"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91846"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17277"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9280"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8405"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5985"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14779"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14164"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6132"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13604"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44061"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9103"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6773"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5940"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6654"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80452"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10698"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10548"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9776"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5372"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12438"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12753"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5044"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12096"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7493"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53192"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9173"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3536"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10016"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7587"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7857"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61042"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12621"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6629"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5538"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9865"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9145"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3670"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8223"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75803"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17979"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6379"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4198"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11860"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10144"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11971"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82864"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18721"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1919339"/>
+    <s v="1919 to 1940"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9029"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1941359"/>
+    <s v="1941 to 1960"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7434"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4811"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13569"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11770"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996200"/>
+    <s v="1996 or later"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10546"/>
+  </r>
+  <r>
+    <s v="B1318"/>
+    <s v="2002 Private Dwellings in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+</pivotCacheRecords>
 </file>