--- v0 (2025-10-05)
+++ v1 (2025-12-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3bf8d216d9040cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffee061a14eb4458a32f5b8edb668163.psmdcp" Id="R92aa547194224fb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f46d299a4cd41a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b3676575db14cc8ab743bcc338e5081.psmdcp" Id="R0910b765e94f4fe0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1308</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Persons in Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1308/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -637,563 +637,214 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...511 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J661" totalsRowShown="0">
   <x:autoFilter ref="A1:J661"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1464,51 +1115,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1308/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1695,51 +1346,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J661"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="58.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -22881,51 +22532,51 @@
       <x:c r="G661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J661" s="0">
         <x:v>37543</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22942,51 +22593,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J661" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1308"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Persons in Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
@@ -23650,27 +23301,7948 @@
         <x:n v="177725"/>
         <x:n v="178958"/>
         <x:n v="185715"/>
         <x:n v="52002"/>
         <x:n v="46239"/>
         <x:n v="45903"/>
         <x:n v="43480"/>
         <x:n v="45783"/>
         <x:n v="102207"/>
         <x:n v="92108"/>
         <x:n v="96569"/>
         <x:n v="99265"/>
         <x:n v="102389"/>
         <x:n v="35721"/>
         <x:n v="33540"/>
         <x:n v="35253"/>
         <x:n v="36213"/>
         <x:n v="37543"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="2686301"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="2858603"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="3294213"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3408651"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3770742"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1262849"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1434054"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1715804"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1802171"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2035304"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="31856"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="33212"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="38132"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="39725"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44477"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="674984"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="811158"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="964599"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="993611"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1081839"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="507350"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="541610"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="502941"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="458900"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468234"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="180454"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186045"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="148842"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192437"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="205415"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235123"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="61347"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="69314"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="98770"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="118672"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159591"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="58689"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="59080"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="67173"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="70514"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77238"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="43180"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="43714"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="48277"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="50201"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56724"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="29719"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="27491"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="29779"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29377"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30153"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="64179"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="71964"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="85174"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="88258"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99708"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="63176"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="69877"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="92010"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="103104"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131127"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="49721"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="50496"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="55881"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="56580"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61651"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="49195"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="50543"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="57776"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="59289"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69046"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="80261"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="83538"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="94019"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="98183"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112744"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="56542"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="63667"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="84214"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="94657"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111006"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="811040"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="847745"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="954075"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="974455"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1054801"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="71100"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="72294"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="84129"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="87538"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98197"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="314270"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="339089"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="386584"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="397221"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434056"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="73766"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="121189"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="129822"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="121620"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117439"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="240504"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="217900"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="256762"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="275601"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316617"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="111852"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="108392"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="117012"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="116884"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122840"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="127510"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="134892"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="153070"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="155929"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167118"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="47053"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="53725"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="57027"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49524"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51140"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="80457"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="81167"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="96043"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="106405"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115978"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="51721"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="52716"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="56418"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="55971"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59094"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="67078"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="66644"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="72666"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="72383"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76435"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="67509"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="73718"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="84196"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="88529"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97061"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="26104"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="30132"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="36212"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="38667"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42236"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="41405"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="43586"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="47984"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49862"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54825"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="401390"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="375572"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="404037"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="406984"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="441338"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="140828"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="141602"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="162179"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="172248"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196953"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="48339"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60112"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="123909"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136841"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="32705"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="27737"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="26783"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="24606"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24888"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="119725"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="106487"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="110444"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="107523"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112312"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="57325"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="52031"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="52433"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="50482"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51780"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="50807"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="47715"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="52198"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="52125"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55405"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="211022"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="201232"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="220297"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="225041"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239299"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="55309"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="51442"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="51860"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="51252"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54628"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="110753"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="105508"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="119145"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="123961"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133265"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="44960"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="44282"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="49292"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49828"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51406"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1201952"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1465386"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1820978"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1934319"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2235192"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="818182"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="998846"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1241142"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1311488"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1511348"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="11459"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="13516"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="16873"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17481"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21480"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="643824"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="785554"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="941469"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="969751"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1057505"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="507350"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="541610"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="502941"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="458900"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468234"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="177939"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184072"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="134382"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176278"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="198530"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228921"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="14995"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="23669"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="49023"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="68372"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103955"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="10444"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="12201"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="19066"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17834"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22713"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="8991"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="10789"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="12625"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13155"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18067"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="4339"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="5871"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6347"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7091"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="38574"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="44634"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="53717"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="55903"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63798"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="8357"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="12810"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="23020"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31286"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58598"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="15049"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="16502"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="19382"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20055"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24484"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="15555"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="18365"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="25050"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26165"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29702"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="23713"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="26720"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="30642"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31453"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36536"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="23630"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="29747"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="44404"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="53686"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67419"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="302875"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="363937"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="441588"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="468926"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="532471"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="9561"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="16063"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="25942"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29717"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35451"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="151392"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="179339"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="217462"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="233878"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265387"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="73766"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="121189"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="129822"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="121620"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117439"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="77626"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="58150"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="87640"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="112258"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147948"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="21321"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="24446"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="29262"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31049"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38787"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="49727"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="62535"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="73867"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="75719"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83231"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="47053"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="53725"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="57027"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49524"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51140"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="8810"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="16840"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26195"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32091"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="14787"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="17105"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="18632"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18212"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19708"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="22149"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="24286"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="28160"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="28463"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30620"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="33938"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="40163"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="48263"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="51888"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59287"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="26104"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="30132"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="36212"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="38667"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42236"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="7834"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="10031"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="12051"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13221"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17051"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="59803"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="73258"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="95676"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="107822"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137789"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="29819"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="37430"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="51744"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="62347"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80436"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="48339"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60112"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14008"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20324"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="13504"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="15560"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="18703"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19711"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27838"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="5474"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="6531"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="7794"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8106"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9818"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="11006"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="12514"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="15955"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16355"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18027"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="21092"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="29345"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="42572"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="46083"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53584"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="5203"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="5957"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7772"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8845"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="8546"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="13400"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="22576"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="24696"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30876"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="9239"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="10742"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="14039"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13615"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13863"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="1484349"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="1393217"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="1473235"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1474332"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1535550"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="444667"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="435208"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="474662"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="490683"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523956"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="20397"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="19696"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="21259"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22244"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22997"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="31160"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="25604"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="23130"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23860"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24334"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14460"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16159"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6885"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6202"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="46352"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="45645"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="49747"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="50300"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55636"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="48245"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="46879"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="48107"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="52680"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54525"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="34189"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="32925"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="35652"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37046"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38657"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="26128"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="23152"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="23908"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23030"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23062"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="25605"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="27330"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="31457"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="32355"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35910"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="54819"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="57067"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="68990"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="71818"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72529"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="34672"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="33994"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="36499"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="36525"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37167"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="33640"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="32178"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="32726"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="33124"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39344"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="56548"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="56818"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="63377"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="66730"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76208"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="32912"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="33920"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="39810"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="40971"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43587"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="508165"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="483808"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="512487"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="505529"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522330"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="61539"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="56231"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="58187"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="57821"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62746"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="162878"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="159750"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="169122"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="163343"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168669"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="162878"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="159750"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="169122"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="163343"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168669"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="90531"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="83946"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="87750"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="85835"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84053"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="77783"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="72357"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="79203"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="80210"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83887"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="77783"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="72357"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="79203"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="80210"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83887"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="36934"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="35611"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="37786"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37759"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39386"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="44929"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="42358"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="44506"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="43920"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45815"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="33571"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="33555"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="35933"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="36641"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37774"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="33571"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="33555"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="35933"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="36641"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37774"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="341587"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="302314"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="308361"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="299162"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303549"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="111009"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="104172"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="110435"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="109901"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116517"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="109901"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116517"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="32705"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="26514"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="25303"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23303"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23218"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="106221"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="90927"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="91741"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="87812"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84474"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="51851"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="45500"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="44639"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="42376"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41962"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="39801"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="35201"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="36243"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="35770"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37378"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="189930"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="171887"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="177725"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="178958"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185715"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="52002"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="46239"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="45903"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="43480"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45783"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="102207"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="92108"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="96569"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="99265"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102389"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="Number"/>
+    <n v="35721"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="Number"/>
+    <n v="33540"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="Number"/>
+    <n v="35253"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="36213"/>
+  </r>
+  <r>
+    <s v="B1308"/>
+    <s v="2002 Persons in Private Households in Permanent Housing Units"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37543"/>
+  </r>
+</pivotCacheRecords>
 </file>