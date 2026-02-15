--- v1 (2025-12-01)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f46d299a4cd41a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b3676575db14cc8ab743bcc338e5081.psmdcp" Id="R0910b765e94f4fe0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf44725709de47c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7c2a62103bb4ee2a5a4839b4014fb05.psmdcp" Id="R8dd73469e8e04d1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>