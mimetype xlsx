--- v0 (2025-11-08)
+++ v1 (2026-01-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7b2fd72765d46b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff3f166750574ed8b151aadfcea3440d.psmdcp" Id="Rac83976a575547ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b10295d3b44fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2616270aee54afaa062dcb2e69b0501.psmdcp" Id="Rc7294b7d244b4338" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1302</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1302/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P13</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 13 - Housing 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -646,579 +646,218 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...527 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J397" totalsRowShown="0">
   <x:autoFilter ref="A1:J397"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1489,51 +1128,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1302/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1720,51 +1359,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="45.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -14458,51 +14097,51 @@
       <x:c r="G397" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J397" s="0">
         <x:v>400</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14519,51 +14158,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1302"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="161"/>
         <x:s v="171"/>
         <x:s v="21"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
@@ -15061,27 +14700,4780 @@
         <x:n v="396"/>
         <x:n v="688"/>
         <x:n v="349"/>
         <x:n v="580"/>
         <x:n v="652"/>
         <x:n v="419"/>
         <x:n v="233"/>
         <x:n v="2933"/>
         <x:n v="1488"/>
         <x:n v="517"/>
         <x:n v="971"/>
         <x:n v="635"/>
         <x:n v="258"/>
         <x:n v="361"/>
         <x:n v="1765"/>
         <x:n v="378"/>
         <x:n v="987"/>
         <x:n v="400"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1287958"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="692571"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14931"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379372"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180852"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64132"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60872"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73516"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50477"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25603"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18556"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10375"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33495"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41675"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20144"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23360"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38011"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36572"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363037"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33874"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147990"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42742"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105248"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43322"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57323"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18945"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38378"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20213"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26410"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33905"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15299"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18606"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152544"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66306"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21053"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45253"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9099"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39354"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18142"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19643"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79806"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18340"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44713"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16753"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562818"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217683"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7627"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46448"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8389"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15707"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14368"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7984"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22125"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16060"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12089"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7140"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14053"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26008"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12237"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13059"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23518"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17319"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187103"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20519"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68687"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4985"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63702"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28948"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26585"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24781"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12892"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14650"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14822"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11793"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102761"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41490"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36367"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7002"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28272"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14334"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11663"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55271"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13325"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30799"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11147"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343301"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227875"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3662"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149118"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45026"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29524"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32333"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42235"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20076"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4488"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8776"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10041"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4143"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5528"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6714"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10543"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78454"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6433"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33764"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13582"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20182"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6367"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14357"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6109"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8248"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3553"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4828"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9152"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5469"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25665"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12788"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8431"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4357"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5596"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11307"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6819"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236422"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150386"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109644"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69356"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11308"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9535"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19445"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4741"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3467"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8530"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5008"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5833"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66929"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4526"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32048"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17200"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14848"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4706"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10828"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7728"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5003"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7408"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5236"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11510"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4860"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7597"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70474"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52676"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45100"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36089"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4921"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11888"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5536"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4717"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29258"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20159"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16329"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14141"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6020"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="161"/>
+    <s v="Flat or apartment in a converted or shared house"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10726"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="171"/>
+    <s v="Flat or apartment in a commercial building"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8341"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2223"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26618"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15373"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9876"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6239"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6547"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="B1302"/>
+    <s v="2002 Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+</pivotCacheRecords>
 </file>