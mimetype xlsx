--- v1 (2026-01-26)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b10295d3b44fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2616270aee54afaa062dcb2e69b0501.psmdcp" Id="Rc7294b7d244b4338" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda234b76149b476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97f659ecda1a452e839d713576b10438.psmdcp" Id="Rce6fa870df614654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>