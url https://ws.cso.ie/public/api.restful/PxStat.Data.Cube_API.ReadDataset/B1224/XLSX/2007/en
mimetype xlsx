--- v0 (2025-11-08)
+++ v1 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a6a3344d2b4f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96cf0849ceb745839ec9915587c67de0.psmdcp" Id="R20866cb797914a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda3a5ca75cc541c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5a0f5652b554a2c8a0be4d7504b514b.psmdcp" Id="R2dacc91009b04dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1224</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1224/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Religion 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -469,355 +469,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L298" totalsRowShown="0">
   <x:autoFilter ref="A1:L298"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02699V03267"/>
     <x:tableColumn id="6" name="Nature of Occupancy"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1090,51 +903,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1224/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1321,51 +1134,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L298"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="109.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12681,51 +12494,51 @@
       <x:c r="I298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L298" s="0">
         <x:v>1840330</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12742,51 +12555,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L298" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1224"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -13139,27 +12952,4186 @@
         <x:n v="469"/>
         <x:n v="214"/>
         <x:n v="159"/>
         <x:n v="781"/>
         <x:n v="1448"/>
         <x:n v="4839"/>
         <x:n v="47367"/>
         <x:n v="1659687"/>
         <x:n v="6754"/>
         <x:n v="52122"/>
         <x:n v="3918"/>
         <x:n v="10053"/>
         <x:n v="8595"/>
         <x:n v="4114"/>
         <x:n v="16870"/>
         <x:n v="49117"/>
         <x:n v="29100"/>
         <x:n v="1840330"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1080788"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40302"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4011"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7249"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6174"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24405"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10463"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1177025"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1479995"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37632"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7314"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5658"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11413"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49342"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19889"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1618394"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135459"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143539"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242607"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4774"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6816"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267037"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48174"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3173"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63736"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181454"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7280"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9318"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4030"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2497"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9241"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29626"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6774"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256470"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34240"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42393"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71432"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10577"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94486"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3274149"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16906"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102784"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8430"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19084"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17655"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8266"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34164"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121600"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60042"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3663080"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535130"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19831"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14876"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="585520"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="738894"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19252"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3479"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5677"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29587"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9961"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="813680"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66667"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70793"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113620"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3508"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126113"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22817"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31132"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84402"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4443"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4766"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17362"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125600"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18333"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22793"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34599"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5738"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47119"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1614462"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10152"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50662"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4512"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9031"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9060"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4152"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17294"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72483"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30942"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1822750"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="545658"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20471"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9529"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5411"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="591505"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="741101"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18380"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3835"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2727"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5736"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19755"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9928"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="804714"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68792"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72746"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128987"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140924"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25357"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32604"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97052"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4875"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4475"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12264"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130870"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15907"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19600"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36833"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4839"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47367"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1659687"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6754"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52122"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3918"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10053"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8595"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16870"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49117"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29100"/>
+  </r>
+  <r>
+    <s v="B1224"/>
+    <s v="2002 Population in Private Households in Permanent Housing Units Usually Resident and Present in their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1840330"/>
+  </r>
+</pivotCacheRecords>
 </file>