--- v0 (2025-11-04)
+++ v1 (2026-01-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c50038294224bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a716258a415493c8cd73bd9fa6ea5c0.psmdcp" Id="R45cf84c14a494e99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf8b895a2c684af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15a880c6ad1044de81c7a21c5714c3fe.psmdcp" Id="Rda973ff3a2e5497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1221</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1221/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Religion 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,347 +472,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L265" totalsRowShown="0">
   <x:autoFilter ref="A1:L265"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1085,51 +904,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1221/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1316,51 +1135,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -11422,51 +11241,51 @@
       <x:c r="I265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>403119</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11483,51 +11302,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1221"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -11848,27 +11667,3724 @@
         <x:n v="2255"/>
         <x:n v="2332"/>
         <x:n v="1702"/>
         <x:n v="1080"/>
         <x:n v="4879"/>
         <x:n v="13931"/>
         <x:n v="22397"/>
         <x:n v="310304"/>
         <x:n v="338881"/>
         <x:n v="3316"/>
         <x:n v="13891"/>
         <x:n v="2118"/>
         <x:n v="3132"/>
         <x:n v="2259"/>
         <x:n v="5575"/>
         <x:n v="12298"/>
         <x:n v="20231"/>
         <x:n v="403119"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3462606"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19147"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115611"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21403"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20582"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10033"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40026"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138264"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79094"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1702522"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11726"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56894"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5666"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10115"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10516"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20327"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82262"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41124"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1760084"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7421"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58717"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11288"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10066"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5021"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19699"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56002"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37970"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193872"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10361"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4840"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16007"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237511"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106910"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6090"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10332"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133237"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86962"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5675"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104274"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="880546"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34871"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6089"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6053"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10712"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45281"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10617"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000615"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412071"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17442"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2829"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3036"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5355"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26485"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475846"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468475"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17429"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5357"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18796"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5463"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="524769"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588316"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18259"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17973"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7005"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="645761"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223983"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6844"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8369"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247774"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364333"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11415"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9604"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4080"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397987"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="618250"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14882"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4726"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17373"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8132"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="672892"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388232"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9548"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2955"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12980"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4841"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="424871"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230018"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5334"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4393"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248021"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="389214"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9601"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11828"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5379"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="426158"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203546"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5086"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7693"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224998"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185668"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201160"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205697"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220843"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119950"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129134"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85747"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91709"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="586711"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7878"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23227"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4373"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5464"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3961"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10454"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26229"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42628"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713423"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247830"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9336"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4879"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13931"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22397"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310304"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="338881"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13891"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5575"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12298"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20231"/>
+  </r>
+  <r>
+    <s v="B1221"/>
+    <s v="2002 Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403119"/>
+  </r>
+</pivotCacheRecords>
 </file>