--- v1 (2026-01-19)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf8b895a2c684af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15a880c6ad1044de81c7a21c5714c3fe.psmdcp" Id="Rda973ff3a2e5497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58759d9cbda646bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4fc3a099cd1147bbae40da071515061d.psmdcp" Id="Rcc2a5d1c29cd4313" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>