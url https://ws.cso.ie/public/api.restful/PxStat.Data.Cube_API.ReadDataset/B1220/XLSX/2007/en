--- v0 (2025-10-04)
+++ v1 (2025-12-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcc1728bd9ab4c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef10ada0b5de4be38af8b8108b2ed10d.psmdcp" Id="R750a7044e6e04e12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f33cca6e9ac4f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/980c11426d554714b6fbf2e402bed8de.psmdcp" Id="R1619ebd96a174468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1220</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1220/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Religion 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -484,379 +484,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L397" totalsRowShown="0">
   <x:autoFilter ref="A1:L397"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02712V03280"/>
     <x:tableColumn id="6" name="Religion"/>
     <x:tableColumn id="7" name="C02728V03296"/>
     <x:tableColumn id="8" name="Socio Economic Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1129,51 +924,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1220/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1360,51 +1155,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="31.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16482,51 +16277,51 @@
       <x:c r="I397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>400422</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16543,51 +16338,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1220"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -17036,27 +16831,5572 @@
         <x:n v="4628"/>
         <x:n v="1170"/>
         <x:n v="987"/>
         <x:n v="1046"/>
         <x:n v="174"/>
         <x:n v="20354"/>
         <x:n v="1971039"/>
         <x:n v="284388"/>
         <x:n v="89789"/>
         <x:n v="231747"/>
         <x:n v="441176"/>
         <x:n v="122437"/>
         <x:n v="142576"/>
         <x:n v="81489"/>
         <x:n v="77073"/>
         <x:n v="87242"/>
         <x:n v="12700"/>
         <x:n v="400422"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3462606"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="541301"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165045"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335281"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="606614"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="369970"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284158"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180864"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170671"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206693"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30910"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="571099"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19147"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7919"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115611"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20518"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7874"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11055"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17079"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7877"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6072"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5859"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12680"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21927"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4394"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21403"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5442"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20582"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10033"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40026"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5682"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4612"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4763"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6205"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10458"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138264"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23940"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15206"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21030"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22251"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9225"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7510"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7653"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26227"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79094"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6601"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4097"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7792"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42795"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="608453"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203978"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383388"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="670734"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="399044"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="308102"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192626"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191585"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228317"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34662"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="696314"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1702522"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285580"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90585"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128580"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204412"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254926"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150973"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103918"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101401"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127863"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19745"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234539"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11726"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56894"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11312"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4613"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5175"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5712"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3543"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7828"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8494"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5666"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10115"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10516"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20327"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4865"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82262"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14781"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9891"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11824"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10043"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7622"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5335"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5285"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13911"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41124"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3164"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3007"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22441"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324065"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114189"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151641"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229558"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276607"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165526"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111137"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114512"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141075"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21962"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295892"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1760084"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255721"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74460"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206701"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402202"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115044"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133185"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76946"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69270"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78830"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11165"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="336560"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7421"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3339"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58717"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9206"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6767"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11904"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4852"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13433"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11288"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10066"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5021"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19699"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56002"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9159"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5315"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9206"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12208"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12316"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37970"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20354"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284388"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89789"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231747"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="441176"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122437"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142576"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81489"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77073"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87242"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12700"/>
+  </r>
+  <r>
+    <s v="B1220"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400422"/>
+  </r>
+</pivotCacheRecords>
 </file>