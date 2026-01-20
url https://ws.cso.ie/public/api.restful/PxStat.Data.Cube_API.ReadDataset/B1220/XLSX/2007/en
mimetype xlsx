--- v1 (2025-12-02)
+++ v2 (2026-01-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f33cca6e9ac4f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/980c11426d554714b6fbf2e402bed8de.psmdcp" Id="R1619ebd96a174468" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R018771c72b8a424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/326594f5a6f04382bc3b0d1b11724d9c.psmdcp" Id="Reac268acd58e4448" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>