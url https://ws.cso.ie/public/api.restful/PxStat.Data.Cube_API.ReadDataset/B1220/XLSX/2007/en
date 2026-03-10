--- v2 (2026-01-20)
+++ v3 (2026-03-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R018771c72b8a424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/326594f5a6f04382bc3b0d1b11724d9c.psmdcp" Id="Reac268acd58e4448" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R722f1593bf1a47d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/afff06f8b9674ea19fc671b95c88fed7.psmdcp" Id="Rc966b854ddc64a5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>