--- v0 (2025-11-04)
+++ v1 (2026-01-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18fe04e6d86f49f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3cc028b4d3914056910d20fe2c27d93d.psmdcp" Id="R2f8572b951064e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55964b32e4a48d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef0b8ce62ea7424881475bba3a6bba4e.psmdcp" Id="R62ca16199a584936" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1217</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over at Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1217/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Religion 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,483 +586,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L826" totalsRowShown="0">
   <x:autoFilter ref="A1:L826"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02702V03270"/>
     <x:tableColumn id="6" name="Intermediate Occupational Group"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1335,51 +1052,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1217/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1566,51 +1283,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L826"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="55.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -32990,51 +32707,51 @@
       <x:c r="I826" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J826" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K826" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L826" s="0">
         <x:v>678334</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -33051,51 +32768,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L826" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1217"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over at Work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -33813,27 +33530,11578 @@
         <x:n v="1449"/>
         <x:n v="351"/>
         <x:n v="250"/>
         <x:n v="674"/>
         <x:n v="1780"/>
         <x:n v="4788"/>
         <x:n v="60982"/>
         <x:n v="602629"/>
         <x:n v="1065"/>
         <x:n v="19533"/>
         <x:n v="1664"/>
         <x:n v="3873"/>
         <x:n v="3617"/>
         <x:n v="1687"/>
         <x:n v="7186"/>
         <x:n v="27134"/>
         <x:n v="9946"/>
         <x:n v="678334"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81680"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5657"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92079"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30281"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33676"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60828"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66834"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6912"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7558"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19480"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21842"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19494"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21107"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51209"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55907"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111831"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4237"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122015"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91600"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4558"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6963"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107454"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88448"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97025"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134665"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149665"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149541"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5348"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6815"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167951"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53141"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61535"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27370"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4716"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35643"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42911"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51151"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67767"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77565"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9164"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11751"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26477"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5491"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35793"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123384"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3843"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7201"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142280"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60278"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4702"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69519"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47209"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51231"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18141"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18814"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110956"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3493"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5289"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14436"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139289"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1436153"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6039"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49121"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8741"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9579"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18106"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78084"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26858"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641587"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76321"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5047"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85255"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29053"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32228"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58910"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64718"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14671"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16484"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13675"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14901"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33680"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37140"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109831"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3947"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119450"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54533"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64794"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79977"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87580"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20623"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24135"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72085"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3987"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82422"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29261"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34442"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18220"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3877"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24852"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33598"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40432"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13062"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16818"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14029"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3367"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19465"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39507"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3973"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48779"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17998"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22015"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20277"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22536"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16353"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16957"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59944"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9648"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78307"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833524"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4974"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29588"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4868"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5962"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10920"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50950"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16912"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963253"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5359"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6824"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4809"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5358"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5819"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6206"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17529"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18767"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37067"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42660"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8471"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9445"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114042"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3719"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125530"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77456"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85529"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23880"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27093"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9150"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10791"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9313"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10719"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54705"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60747"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6980"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8679"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12448"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16328"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83877"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93501"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42280"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47504"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26932"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28695"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51012"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60982"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="602629"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19533"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7186"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27134"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9946"/>
+  </r>
+  <r>
+    <s v="B1217"/>
+    <s v="2002 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678334"/>
+  </r>
+</pivotCacheRecords>
 </file>