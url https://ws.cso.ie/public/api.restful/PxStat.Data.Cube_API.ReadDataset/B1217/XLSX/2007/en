--- v1 (2026-01-18)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55964b32e4a48d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef0b8ce62ea7424881475bba3a6bba4e.psmdcp" Id="R62ca16199a584936" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1570fde94044a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41783f3a21ed4aea95549bc55b02f61a.psmdcp" Id="R9d6ea00b2bc542a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>