--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ac2688b7e344e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/744a71ef77b340b3a53fedc8e565474f.psmdcp" Id="R7c1030741b0b49bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea815b9e343442ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/286e548851da48f5971116334ea537a2.psmdcp" Id="R697f811043a0495d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1216</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1216/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Religion 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -511,379 +511,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L397" totalsRowShown="0">
   <x:autoFilter ref="A1:L397"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1156,51 +951,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1216/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1387,51 +1182,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16509,51 +16304,51 @@
       <x:c r="I397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>20876</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16570,51 +16365,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1216"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="12">
         <x:s v="801"/>
         <x:s v="904"/>
         <x:s v="503"/>
         <x:s v="504"/>
         <x:s v="505"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
@@ -17060,27 +16855,5572 @@
         <x:n v="10792"/>
         <x:n v="376"/>
         <x:n v="459"/>
         <x:n v="331"/>
         <x:n v="99"/>
         <x:n v="621"/>
         <x:n v="1031"/>
         <x:n v="506"/>
         <x:n v="14696"/>
         <x:n v="17003"/>
         <x:n v="172"/>
         <x:n v="731"/>
         <x:n v="286"/>
         <x:n v="353"/>
         <x:n v="155"/>
         <x:n v="672"/>
         <x:n v="387"/>
         <x:n v="20876"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2725156"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13783"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95229"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8636"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16639"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17475"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8544"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33499"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121053"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49761"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1324842"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8936"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46311"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4749"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7755"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8949"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4256"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17052"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73154"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26116"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1400314"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4847"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48918"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3887"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8884"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8526"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16447"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47899"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23645"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1436153"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6039"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49121"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8741"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9579"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18106"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78084"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26858"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641587"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833524"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4974"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29588"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4868"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5962"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10920"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50950"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16912"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963253"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="602629"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19533"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7186"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27134"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9946"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678334"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239712"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12326"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14183"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277003"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203326"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10087"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10805"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232665"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36386"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44338"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1191766"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5507"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36463"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4336"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7168"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7309"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14601"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63737"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24799"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1359156"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="627481"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19305"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2729"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8402"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40069"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15295"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="727444"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="564285"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17158"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6199"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23668"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9504"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631712"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4675"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2717"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17520"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10211"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12424"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7309"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8723"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117653"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6942"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138199"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74680"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4834"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87834"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42973"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50365"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307910"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8449"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4422"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17347"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5246"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144112"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9343"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166155"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163798"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8004"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184619"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="395498"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14920"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4319"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7663"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438986"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18691"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21353"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376807"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14343"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4034"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6788"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7077"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417633"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301703"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14210"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5381"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5128"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333255"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170994"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7715"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189282"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130709"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6495"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143973"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120924"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130255"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61838"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67123"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59086"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63132"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27795"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35572"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10792"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14696"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17003"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="B1216"/>
+    <s v="2002 Population Aged 15 Years and Over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20876"/>
+  </r>
+</pivotCacheRecords>
 </file>