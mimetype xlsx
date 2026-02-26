--- v1 (2026-01-02)
+++ v2 (2026-02-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea815b9e343442ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/286e548851da48f5971116334ea537a2.psmdcp" Id="R697f811043a0495d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b726ac6dfb04bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5c4ad33e3cf4ec68b0f0ab3c929c197.psmdcp" Id="Raff0874618164a6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>