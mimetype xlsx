--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c134c9a48d4840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7dfd58f2f3945439110237d69638a61.psmdcp" Id="Rca3f94b1f0154862" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a2e3bf883b4a6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f577c7fa4dad48c3bc96da56f84db608.psmdcp" Id="Rbaa2f5780e0e4f9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1215</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1215/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Religion 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -502,371 +502,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L364" totalsRowShown="0">
   <x:autoFilter ref="A1:L364"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02712V03280"/>
     <x:tableColumn id="6" name="Religion"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1139,51 +940,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1215/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1370,51 +1171,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L364"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="52.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="31.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15238,51 +15039,51 @@
       <x:c r="I364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L364" s="0">
         <x:v>1942272</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15299,51 +15100,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L364" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1215"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -15759,27 +15560,5110 @@
         <x:n v="583"/>
         <x:n v="549"/>
         <x:n v="435"/>
         <x:n v="354"/>
         <x:n v="187"/>
         <x:n v="10918"/>
         <x:n v="35895"/>
         <x:n v="1806385"/>
         <x:n v="111668"/>
         <x:n v="52799"/>
         <x:n v="15990"/>
         <x:n v="10242"/>
         <x:n v="9942"/>
         <x:n v="9765"/>
         <x:n v="8160"/>
         <x:n v="4770"/>
         <x:n v="24219"/>
         <x:n v="1942272"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3314899"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97338"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52588"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14396"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7258"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5031"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9934"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3768"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23456"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3435693"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12592"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4310"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5472"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17979"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83488"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24891"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19927"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109155"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7830"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6797"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9155"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13802"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6389"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20348"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12840"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5606"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18568"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4698"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4039"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8798"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18392"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17597"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2739"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4170"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36251"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88293"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39069"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17304"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8238"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5611"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128047"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42274"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8910"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23317"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74501"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3584975"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224261"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103476"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29960"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23105"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20981"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21779"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15383"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9577"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49259"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3858495"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1633178"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45170"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23639"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6745"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11273"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1689621"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7880"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10954"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41261"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11991"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9753"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53631"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4964"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6551"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9638"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9500"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2049"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9568"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8698"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18400"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54355"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21727"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10141"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4016"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76503"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21242"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4965"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12399"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38606"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1778590"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112593"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50677"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13970"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12863"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11039"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12014"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7223"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4807"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25040"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1916223"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1681721"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52168"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28949"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7651"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2667"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12183"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1746072"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4712"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7025"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42227"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12900"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10174"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55524"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3556"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7251"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3383"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10710"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6230"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9068"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4392"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8824"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8899"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17851"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33938"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17342"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7163"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4222"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51544"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21032"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3945"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10918"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35895"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1806385"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111668"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52799"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15990"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="OEUR09"/>
+    <s v="Other European (9)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10242"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9942"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9765"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8160"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4770"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24219"/>
+  </r>
+  <r>
+    <s v="B1215"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1942272"/>
+  </r>
+</pivotCacheRecords>
 </file>