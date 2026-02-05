--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a2e3bf883b4a6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f577c7fa4dad48c3bc96da56f84db608.psmdcp" Id="Rbaa2f5780e0e4f9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275bf186e8554bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e7d6a86b0574b2fa4567d9bbaf8580f.psmdcp" Id="R3f3112d633e44806" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>