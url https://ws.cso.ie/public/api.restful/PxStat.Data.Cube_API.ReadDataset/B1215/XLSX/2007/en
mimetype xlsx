--- v2 (2026-02-05)
+++ v3 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275bf186e8554bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e7d6a86b0574b2fa4567d9bbaf8580f.psmdcp" Id="R3f3112d633e44806" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900155c2271f4648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3357a8beecac44b6ba511d590ce83cfc.psmdcp" Id="Rb356309a70834dad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>