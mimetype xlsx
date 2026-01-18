--- v0 (2025-11-05)
+++ v1 (2026-01-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra49bd69a548646df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4285ba72af43488eac15ddb77f779969.psmdcp" Id="R5195c37251584538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R476c10e1835a40d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e24779db8fe4ae589a30999abf1e73d.psmdcp" Id="Rdd05b18fa7a64a3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1214</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1214/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Religion 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,363 +496,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L331" totalsRowShown="0">
   <x:autoFilter ref="A1:L331"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02719V03286"/>
     <x:tableColumn id="6" name="Birthplace"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1125,51 +932,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1214/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1356,51 +1163,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L331"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13970,51 +13777,51 @@
       <x:c r="I331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L331" s="0">
         <x:v>1942272</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14031,51 +13838,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L331" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1214"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14460,27 +14267,4648 @@
         <x:n v="92"/>
         <x:n v="172"/>
         <x:n v="46"/>
         <x:n v="161"/>
         <x:n v="1010"/>
         <x:n v="103"/>
         <x:n v="4351"/>
         <x:n v="1746072"/>
         <x:n v="7025"/>
         <x:n v="55524"/>
         <x:n v="4191"/>
         <x:n v="10710"/>
         <x:n v="9068"/>
         <x:n v="4392"/>
         <x:n v="17851"/>
         <x:n v="51544"/>
         <x:n v="35895"/>
         <x:n v="1942272"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3186810"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3834"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79219"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12683"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11430"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4240"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16143"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78503"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64610"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3458479"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248883"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14145"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29936"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8148"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7665"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7138"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4558"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20108"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49544"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9891"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400016"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182621"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23503"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4663"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4965"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24226"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248515"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16798"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8522"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32801"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9002"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7123"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26235"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7733"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4659"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2982"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26515"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6564"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6672"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4969"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7007"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28132"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21471"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29119"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8699"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3435693"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17979"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109155"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9155"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20348"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18568"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8798"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36251"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128047"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74501"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3858495"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1571181"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39295"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6063"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5922"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8431"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48550"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33187"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1717314"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118440"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8891"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14336"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3575"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3578"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9969"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27953"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5419"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198909"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86617"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11477"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14450"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121776"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7944"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15392"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4880"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3909"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14447"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13917"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4301"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4012"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15349"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10101"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13680"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4348"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1689621"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10954"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53631"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4964"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9638"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9500"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18400"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76503"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38606"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1916223"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1615629"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39924"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6620"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5508"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7712"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29953"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31423"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1741165"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130443"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5254"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15600"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4090"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10139"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21591"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4472"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201107"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96004"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12026"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2472"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9776"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126739"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8854"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4365"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17409"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ09"/>
+    <s v="Other Europe (19)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11788"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12598"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3868"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12783"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11370"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZAB"/>
+    <s v="America (2)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15439"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX20"/>
+    <s v="Other countries (20)"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4351"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1746072"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7025"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55524"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10710"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9068"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4392"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17851"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51544"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35895"/>
+  </r>
+  <r>
+    <s v="B1214"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1942272"/>
+  </r>
+</pivotCacheRecords>
 </file>