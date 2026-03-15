--- v1 (2026-01-18)
+++ v2 (2026-03-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R476c10e1835a40d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e24779db8fe4ae589a30999abf1e73d.psmdcp" Id="Rdd05b18fa7a64a3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d94d51b66e9429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41ad8f68425447aab2d0802510513a76.psmdcp" Id="R6fe85d7b75e5437d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>