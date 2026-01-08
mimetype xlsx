--- v0 (2025-11-04)
+++ v1 (2026-01-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1827bdc769e24ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5801ad87601a4716ba2d2735cf1239b9.psmdcp" Id="Rfe92ab69876d4a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab0953e31194179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b7b00d8132c49039a326f18445bba79.psmdcp" Id="Rfdd1b57db0fb4341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1209</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1209/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Religion 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -469,331 +469,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L199" totalsRowShown="0">
   <x:autoFilter ref="A1:L199"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02325V02801"/>
     <x:tableColumn id="6" name="Detailed Marital Status"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1066,51 +897,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1209/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1297,51 +1128,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L199"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -8895,51 +8726,51 @@
       <x:c r="I199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L199" s="0">
         <x:v>149250</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8956,51 +8787,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L199" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1209"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -9253,27 +9084,2800 @@
         <x:n v="190"/>
         <x:n v="321"/>
         <x:n v="245"/>
         <x:n v="673"/>
         <x:n v="2012"/>
         <x:n v="324"/>
         <x:n v="18904"/>
         <x:n v="137948"/>
         <x:n v="155"/>
         <x:n v="5819"/>
         <x:n v="60"/>
         <x:n v="346"/>
         <x:n v="883"/>
         <x:n v="445"/>
         <x:n v="678"/>
         <x:n v="1053"/>
         <x:n v="1863"/>
         <x:n v="149250"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3462606"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19147"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115611"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21403"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20582"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10033"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40026"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138264"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79094"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1890800"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10541"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53709"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4830"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11200"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9231"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4155"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20134"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85583"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51909"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2142092"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1289587"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7986"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48990"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5091"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8447"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9304"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4780"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16643"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40819"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22766"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1454413"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85906"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5591"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98779"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24225"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4520"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35059"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172088"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7156"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186860"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1702522"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11726"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56894"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5666"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10115"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10516"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20327"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82262"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41124"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="984765"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6670"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27684"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4892"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10583"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50021"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27780"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122635"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638078"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4768"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25258"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4904"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8529"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25739"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11622"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728344"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34837"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41420"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10702"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16155"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34140"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37610"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1760084"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7421"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58717"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11288"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10066"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5021"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19699"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56002"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37970"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="906035"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26025"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2197"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5738"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4339"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9551"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35562"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24129"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1019457"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="651509"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3218"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23732"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8114"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15080"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11144"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726069"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51069"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Separated"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57359"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13523"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18904"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137948"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5819"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="Other stated religions (1)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="B1209"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149250"/>
+  </r>
+</pivotCacheRecords>
 </file>