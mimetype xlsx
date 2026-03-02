--- v1 (2026-01-08)
+++ v2 (2026-03-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab0953e31194179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1b7b00d8132c49039a326f18445bba79.psmdcp" Id="Rfdd1b57db0fb4341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8545702b114a4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c4fa0affef84ed3944154ee84b69b9d.psmdcp" Id="Rb50d4d86a9c24eb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>