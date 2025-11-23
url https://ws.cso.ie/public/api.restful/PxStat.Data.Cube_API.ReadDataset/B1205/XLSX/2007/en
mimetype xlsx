--- v0 (2025-10-06)
+++ v1 (2025-11-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3099bf69eb04967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4123f060b6ea4b26a445b4265ae3c55d.psmdcp" Id="R333f87d4131d46a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3343906c691849ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea599bd1a4774be3a18328c789cbc6cb.psmdcp" Id="Ra929a154f3c94ef6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1205</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1205/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P12</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 12 - Religion 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,483 +586,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L730" totalsRowShown="0">
   <x:autoFilter ref="A1:L730"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1335,51 +1052,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1205/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1566,51 +1283,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L730"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -29342,51 +29059,51 @@
       <x:c r="I730" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J730" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K730" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L730" s="0">
         <x:v>291467</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29403,51 +29120,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L730" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1205"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -30081,27 +29798,10234 @@
         <x:n v="3215"/>
         <x:n v="210832"/>
         <x:n v="263362"/>
         <x:n v="679"/>
         <x:n v="7931"/>
         <x:n v="387"/>
         <x:n v="1506"/>
         <x:n v="535"/>
         <x:n v="266"/>
         <x:n v="772"/>
         <x:n v="473"/>
         <x:n v="220"/>
         <x:n v="12"/>
         <x:n v="102"/>
         <x:n v="67"/>
         <x:n v="8269"/>
         <x:n v="5238"/>
         <x:n v="291467"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3462606"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19147"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115611"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21403"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20582"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3894"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10033"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4430"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3780"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8920"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138264"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79094"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382893"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16692"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9591"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8771"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6251"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432534"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206704"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7216"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3553"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225363"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="349116"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6449"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10847"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6079"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="380297"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="943624"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10132"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33857"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7905"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5474"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62556"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33191"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1122821"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364049"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16126"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13740"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6838"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412625"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310270"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6557"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9044"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339591"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="385725"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13084"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9788"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6665"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423616"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="520225"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15630"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19965"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10646"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="580356"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1702522"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11726"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56894"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5666"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10115"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10516"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5012"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4903"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82262"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41124"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1946164"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191113"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8527"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4991"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5269"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217421"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104019"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114070"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174588"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6250"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191099"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447593"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6091"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15983"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3764"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37041"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17581"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="544075"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181266"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7982"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8306"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207268"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154777"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170558"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192303"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6593"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6034"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3450"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212784"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256863"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7699"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11696"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5408"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288889"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1760084"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7421"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58717"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11288"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10066"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5021"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4017"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56002"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37970"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1971039"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191780"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8165"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215113"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102685"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111293"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174528"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3294"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4597"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189198"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496031"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17874"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2717"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4141"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25515"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15610"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578746"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182783"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8144"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5434"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3278"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205357"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155493"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3597"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169033"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193422"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6491"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3754"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3215"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210832"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263362"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="Church of Ireland (incl. Protestant)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7931"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="34"/>
+    <s v="Other stated religion (nec)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8269"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5238"/>
+  </r>
+  <r>
+    <s v="B1205"/>
+    <s v="2002 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291467"/>
+  </r>
+</pivotCacheRecords>
 </file>