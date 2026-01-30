--- v1 (2025-11-23)
+++ v2 (2026-01-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3343906c691849ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea599bd1a4774be3a18328c789cbc6cb.psmdcp" Id="Ra929a154f3c94ef6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc279a7bd67be4b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98fed33f79e941a5a1f13cefe42b2055.psmdcp" Id="Rc9dd6de1686e4c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>