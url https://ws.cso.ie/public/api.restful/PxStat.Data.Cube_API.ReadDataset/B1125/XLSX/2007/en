--- v0 (2025-11-10)
+++ v1 (2026-01-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc292a007e0a048f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74f895dd1935428fbb9e47739317c321.psmdcp" Id="R46c3d5967d0d4787" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1cc8a7bbd6c47d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17c221ce0d8e4023803641b8f2a0dc1e.psmdcp" Id="Re6a48a14edf844b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1125</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Irish Speakers Aged 3 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1125/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Irish Language 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -667,595 +667,228 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02697V03265" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Frequency of Speaking Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L793" totalsRowShown="0">
   <x:autoFilter ref="A1:L793"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02697V03265"/>
     <x:tableColumn id="6" name="Frequency of Speaking Irish"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1528,51 +1161,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1125/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1759,51 +1392,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="27.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31929,51 +31562,51 @@
       <x:c r="I793" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>242</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31990,51 +31623,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1125"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Irish Speakers Aged 3 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -32930,27 +32563,11116 @@
         <x:n v="198"/>
         <x:n v="272"/>
         <x:n v="366"/>
         <x:n v="428"/>
         <x:n v="174"/>
         <x:n v="254"/>
         <x:n v="2432"/>
         <x:n v="1134"/>
         <x:n v="312"/>
         <x:n v="822"/>
         <x:n v="134"/>
         <x:n v="617"/>
         <x:n v="257"/>
         <x:n v="290"/>
         <x:n v="1074"/>
         <x:n v="234"/>
         <x:n v="598"/>
         <x:n v="242"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1570894"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="768404"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17670"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394240"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158116"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76463"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75240"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84421"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66800"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33166"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24255"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12383"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34485"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50989"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24087"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28846"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41064"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40419"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493500"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48644"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200657"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52072"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148585"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60885"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79498"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21417"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58081"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28324"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32757"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42735"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17234"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25501"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216128"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102529"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31440"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71089"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11095"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53707"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23633"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25164"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92862"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20528"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51783"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20551"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339541"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153700"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73131"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25889"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14219"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15052"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17971"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14077"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7191"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5007"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2739"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7276"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11741"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5162"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5604"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8851"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9151"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105032"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10436"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41884"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9300"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32584"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14732"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15648"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11489"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6222"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7013"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9097"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3230"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5867"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53236"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29743"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23760"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11910"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27573"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17925"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155039"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75384"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37307"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14244"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7623"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7228"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8212"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6633"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4414"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46519"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4661"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18884"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14322"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6138"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7136"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4960"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3109"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22670"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10546"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3364"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7182"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6034"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10466"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="585300"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285274"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6530"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149400"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62905"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28857"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27177"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30461"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24451"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12150"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9177"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12363"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18187"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8990"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10991"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14460"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14044"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186443"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18531"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75353"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20429"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54924"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23915"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30310"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8196"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22114"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10604"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11901"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15829"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6312"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9517"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82335"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38393"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13815"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24578"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4254"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20913"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9200"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9575"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31248"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7151"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17004"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7093"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459657"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239450"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5347"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127086"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51769"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24621"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24515"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26181"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20474"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9789"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7138"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10604"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14935"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7068"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8806"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12472"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12190"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145618"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14053"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60564"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16629"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43935"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14712"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24979"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6487"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18492"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8373"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10021"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12916"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5863"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7053"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53147"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21577"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7721"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13856"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13699"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7819"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21442"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6274"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9561"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5607"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31357"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14596"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7316"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3309"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9888"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3972"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4740"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="722186"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348305"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8067"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177421"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69070"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34734"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35017"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38600"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30872"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15155"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11169"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5612"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15872"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23402"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10997"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13265"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18316"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18157"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231010"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23194"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93939"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23844"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70095"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28446"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36851"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9369"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27482"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13266"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15342"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19972"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7956"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12016"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100028"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47837"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13640"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34197"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5207"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24769"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11002"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11213"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42843"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9282"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24201"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9360"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153703"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68569"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32997"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11429"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6450"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6925"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8193"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6204"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5203"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3966"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47519"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19160"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4362"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14798"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6683"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7006"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4068"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24970"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14460"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11656"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5358"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12645"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8503"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71522"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34637"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17319"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6526"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3561"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21602"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8870"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6701"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10467"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4938"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269679"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130342"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68142"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27889"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13205"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12854"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14194"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11455"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5509"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5734"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8398"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4031"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5094"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6474"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6339"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87677"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8922"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35546"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9471"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26075"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11182"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14016"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10362"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4955"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5577"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7479"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37432"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17424"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5923"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11501"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9574"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14228"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7818"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212241"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107977"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55649"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21714"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11006"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11209"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11720"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9640"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4704"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4798"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6959"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3285"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5654"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5522"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69318"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6868"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28407"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7295"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21112"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7025"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11939"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2758"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9181"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4840"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6102"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24851"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9879"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6749"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6525"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3358"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3529"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10095"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4442"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15041"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6780"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="848708"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="420099"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9603"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216819"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89046"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41729"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40223"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45821"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35928"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18011"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13086"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6771"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18613"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27587"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13090"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15581"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22748"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22262"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262490"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25450"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106718"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28228"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78490"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32439"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42647"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12048"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30599"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15058"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17415"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22763"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9278"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13485"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116100"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54692"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17800"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36892"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5888"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28938"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12631"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13951"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50019"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11246"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27582"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11191"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185838"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85131"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40134"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14460"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7769"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8127"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9778"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7873"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4067"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6538"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5063"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5185"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57513"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5686"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22724"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4938"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17786"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8049"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8642"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6366"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3529"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3854"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28266"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15283"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3179"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12104"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6552"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14928"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9422"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Speaks Irish daily"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2866"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83517"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40747"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19988"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7718"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3610"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24917"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10014"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7621"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3943"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12203"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5608"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3782"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5650"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Speaks Irish weekly"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315621"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154932"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81258"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35016"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15652"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14323"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16267"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12996"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6641"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5008"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6629"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9789"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4959"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7986"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7705"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98766"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9609"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39807"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10958"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28849"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12733"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16294"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4542"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11752"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5649"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8350"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5024"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44903"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20969"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7892"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13077"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11339"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4974"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5368"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17020"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9186"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Speaks Irish less often"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3918"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247416"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131473"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71437"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30055"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13615"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13306"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14461"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10834"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5085"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3667"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5806"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7976"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3783"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4699"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6818"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6668"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76300"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7185"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32157"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9334"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22823"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7687"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13040"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9311"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4236"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5181"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6814"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3237"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3577"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28296"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11698"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4591"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7107"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7174"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4290"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11347"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5119"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="62"/>
+    <s v="Never speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2914"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16316"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7816"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4002"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4994"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2432"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="B1125"/>
+    <s v="2002 Irish Speakers Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+</pivotCacheRecords>
 </file>