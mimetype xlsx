--- v1 (2026-01-11)
+++ v2 (2026-03-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1cc8a7bbd6c47d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17c221ce0d8e4023803641b8f2a0dc1e.psmdcp" Id="Re6a48a14edf844b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00a197a7d3b04911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47d1a398643b4ad88c534a098ab8bf25.psmdcp" Id="Rb520a017de244c70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>