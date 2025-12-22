--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0ce6d363aa34da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5a741fc40594565b7aa9c1f47343d09.psmdcp" Id="R04ec2083152b4f0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeae5797aa7c4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e30be31e61340d4857945d2d3ec0a26.psmdcp" Id="R168544079ece4349" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1118</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households where Reference Person Speaks Irish</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1118/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Irish Language 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -664,571 +664,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons in Household aged 3 Years and Over" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J353" totalsRowShown="0">
   <x:autoFilter ref="A1:J353"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="C02683V03250"/>
     <x:tableColumn id="6" name="Persons in Household aged 3 Years and Over"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1499,51 +1144,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1118/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1730,51 +1375,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J353"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="56.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13060,51 +12705,51 @@
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>8750</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13121,51 +12766,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J353" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1118"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households where Reference Person Speaks Irish"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
@@ -13621,27 +13266,4252 @@
         <x:n v="556"/>
         <x:n v="436"/>
         <x:n v="8923"/>
         <x:n v="15146"/>
         <x:n v="3655"/>
         <x:n v="4284"/>
         <x:n v="2440"/>
         <x:n v="2163"/>
         <x:n v="1472"/>
         <x:n v="23399"/>
         <x:n v="4825"/>
         <x:n v="920"/>
         <x:n v="1278"/>
         <x:n v="805"/>
         <x:n v="824"/>
         <x:n v="532"/>
         <x:n v="466"/>
         <x:n v="8750"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464461"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93516"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135509"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82838"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78255"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46628"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27715"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="708608"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228056"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44309"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68701"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41263"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39213"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22492"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12078"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359945"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7991"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125765"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26743"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38538"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22616"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20922"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11483"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5463"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191362"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55693"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15409"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18018"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9386"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7379"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82055"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24003"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7010"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4398"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35416"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21977"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6359"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4534"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34172"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24092"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3699"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7151"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4696"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4638"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39719"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18613"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5527"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29425"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9119"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14444"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6526"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10607"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3394"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5504"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9600"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2946"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1615"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16273"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13584"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4028"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22872"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6290"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10531"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8395"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12958"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11020"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3405"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19115"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10999"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18863"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146709"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29389"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41823"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26417"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24964"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15060"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9056"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215447"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14947"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4349"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2596"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21287"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59183"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11281"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16608"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10576"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10364"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6460"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3894"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87397"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16326"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3779"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4589"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23742"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42857"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7502"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12019"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7606"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7769"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4928"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63655"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18522"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4283"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5117"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26283"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23387"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4680"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6742"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34248"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6971"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10260"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16416"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3000"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23988"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8206"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12259"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9482"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14754"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12982"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19219"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5544"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8107"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7438"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11112"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64610"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14178"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18018"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11074"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10277"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6516"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92144"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31170"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6422"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8756"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5515"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5171"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42749"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10148"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13589"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21022"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4279"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5755"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3448"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29160"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4863"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16080"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3820"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4463"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23305"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6764"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10244"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7410"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10983"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25086"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5640"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6967"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2034"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41072"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5115"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8923"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15146"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3655"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4284"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23399"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-9"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B1118"/>
+    <s v="2002 Private Households where Reference Person Speaks Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="94"/>
+    <s v="Number of private households"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8750"/>
+  </r>
+</pivotCacheRecords>
 </file>