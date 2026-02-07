--- v1 (2025-12-22)
+++ v2 (2026-02-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeae5797aa7c4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e30be31e61340d4857945d2d3ec0a26.psmdcp" Id="R168544079ece4349" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fada51e42b747b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53eb733dbabc4c2583e962ad8c0f600a.psmdcp" Id="R2d7d73ffa97142ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>