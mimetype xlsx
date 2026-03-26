--- v2 (2026-02-07)
+++ v3 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fada51e42b747b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53eb733dbabc4c2583e962ad8c0f600a.psmdcp" Id="R2d7d73ffa97142ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5175a43b215246ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8cf45a8803354eb592140e3dcbf9a34b.psmdcp" Id="Raf767ddb4deb4a61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>