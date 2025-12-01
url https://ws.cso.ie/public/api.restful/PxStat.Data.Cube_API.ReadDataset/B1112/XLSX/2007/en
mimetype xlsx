--- v0 (2025-10-05)
+++ v1 (2025-12-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redaf36c994b14122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0afeb4168dc0437387cc2cd4a49811af.psmdcp" Id="R70d83574c3074a0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R330aaca3efc44458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f06e93fcff39442c91b36d8977004c8f.psmdcp" Id="R86f0fa2f8aa84154" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1112</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Persons Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/21/2020 11:00:00 AM</x:t>
+    <x:t>21/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>As defined by the Gaeltacht Area Orders, 1956 - 1982.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1112/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Irish Language 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -472,347 +472,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ability to Speak Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02793V03362" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Gaeltacht and State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N265" totalsRowShown="0">
   <x:autoFilter ref="A1:N265"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02710V03278"/>
     <x:tableColumn id="6" name="Ability to Speak Irish"/>
     <x:tableColumn id="7" name="C02757V03327"/>
     <x:tableColumn id="8" name="Highest Level of Education Completed"/>
     <x:tableColumn id="9" name="C02793V03362"/>
     <x:tableColumn id="10" name="Gaeltacht and State"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1087,51 +912,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1112/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1320,51 +1145,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="44.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -13018,51 +12843,51 @@
       <x:c r="K265" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N265" s="0">
         <x:v>738</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13079,51 +12904,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1112"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Persons Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -13446,27 +13271,4252 @@
         <x:n v="249"/>
         <x:n v="25995"/>
         <x:n v="47"/>
         <x:n v="3393"/>
         <x:n v="28"/>
         <x:n v="2398"/>
         <x:n v="40"/>
         <x:n v="2712"/>
         <x:n v="8"/>
         <x:n v="783"/>
         <x:n v="17"/>
         <x:n v="1064"/>
         <x:n v="109"/>
         <x:n v="15645"/>
         <x:n v="2855"/>
         <x:n v="2117"/>
         <x:n v="7"/>
         <x:n v="738"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70286"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59770"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2622458"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17531"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552220"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12441"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565433"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14110"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724099"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5190"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250429"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8316"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396408"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133869"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10516"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467317"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7840"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116543"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49636"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1237535"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41243"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="958251"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12866"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100432"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8109"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158427"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9657"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321202"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3532"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127772"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5789"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227742"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22676"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8393"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279284"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6611"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240639"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38645"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20110"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1793741"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18033"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1611463"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="444728"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="401958"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4389"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="397367"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121141"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2495"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166658"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79611"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="182278"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105812"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76466"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58499"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52744"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7060"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5530"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31582"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5755"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35338"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30272"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1299346"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9721"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287337"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6757"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292951"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6749"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350724"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113447"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3823"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192314"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62573"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5066"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222774"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166155"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56619"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24918"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="559158"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20920"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="435303"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7180"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51557"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77182"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4630"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143889"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52526"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100604"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9545"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123855"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3092"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106499"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17356"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10149"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="933313"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9107"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="837294"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232113"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213119"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204017"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60188"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90766"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37091"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96019"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57450"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38569"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29649"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26749"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3667"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15937"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34948"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29498"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1323112"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7810"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264883"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5684"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272482"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7361"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373375"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136982"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204094"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71296"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5450"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244543"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4120"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184619"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59924"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24718"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678377"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20323"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522948"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5686"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48875"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81245"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177313"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75246"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127138"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13131"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155429"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3519"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134140"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21289"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9961"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="860428"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8926"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="774169"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212615"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188839"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="193350"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60953"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75892"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42520"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86259"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48362"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37897"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28850"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25995"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15645"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2855"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All Gaeltacht Areas"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1112"/>
+    <s v="2002 Persons Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-1"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+</pivotCacheRecords>
 </file>