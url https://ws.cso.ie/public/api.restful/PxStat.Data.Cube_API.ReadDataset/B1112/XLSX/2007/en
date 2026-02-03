--- v1 (2025-12-01)
+++ v2 (2026-02-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R330aaca3efc44458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f06e93fcff39442c91b36d8977004c8f.psmdcp" Id="R86f0fa2f8aa84154" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e60d2bcd12b4321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a473ab02406e46aa8164d8bd1f32833d.psmdcp" Id="R59e72a37a05840b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>