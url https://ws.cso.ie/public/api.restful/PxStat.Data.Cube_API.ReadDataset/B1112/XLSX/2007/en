--- v2 (2026-02-03)
+++ v3 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e60d2bcd12b4321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a473ab02406e46aa8164d8bd1f32833d.psmdcp" Id="R59e72a37a05840b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5496c3083b1749f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ce29cea544f413292fb95d4b3fb8151.psmdcp" Id="R156bccedd05e43da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>