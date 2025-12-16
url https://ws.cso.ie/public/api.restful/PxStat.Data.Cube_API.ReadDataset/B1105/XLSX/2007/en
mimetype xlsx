--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644b38c9d9fd48e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f49eb227f95496684a8fa012f7fccf3.psmdcp" Id="R059e58d804934efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5fe30fc4acf4b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df040502687b44fe90711c620d0cbf34.psmdcp" Id="R3d84877e548e45f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1105</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 3 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1105/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P11</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 11 - Irish Language 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -652,579 +652,224 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...527 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02710V03278" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ability to Speak Irish" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L529" totalsRowShown="0">
   <x:autoFilter ref="A1:L529"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02710V03278"/>
     <x:tableColumn id="6" name="Ability to Speak Irish"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1497,51 +1142,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1105/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1728,51 +1373,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="35.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21866,51 +21511,51 @@
       <x:c r="I529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>432</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21927,51 +21572,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1105"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 3 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -22612,27 +22257,7420 @@
         <x:n v="1412"/>
         <x:n v="504"/>
         <x:n v="908"/>
         <x:n v="749"/>
         <x:n v="1114"/>
         <x:n v="636"/>
         <x:n v="478"/>
         <x:n v="3725"/>
         <x:n v="1728"/>
         <x:n v="979"/>
         <x:n v="221"/>
         <x:n v="743"/>
         <x:n v="316"/>
         <x:n v="717"/>
         <x:n v="1718"/>
         <x:n v="426"/>
         <x:n v="860"/>
         <x:n v="432"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3750995"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2013871"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43880"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1077980"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478468"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184964"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187028"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227520"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155400"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76903"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55956"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29679"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96687"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127257"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60787"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68463"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111385"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109494"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1055183"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98692"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429341"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119009"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310332"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127518"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168297"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51773"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116524"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58395"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75796"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97144"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42645"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54499"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="445972"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200567"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63503"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137064"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24812"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112843"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51755"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55995"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235969"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54108"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131393"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50468"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1570894"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="768404"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17670"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394240"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158116"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76463"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75240"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84421"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66800"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33166"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24255"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12383"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34485"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50989"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24087"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28846"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41064"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40419"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="493500"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48644"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200657"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52072"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148585"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60885"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79498"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21417"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58081"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28324"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32757"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42735"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17234"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25501"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216128"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102529"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31440"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71089"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11095"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53707"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23633"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25164"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92862"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20528"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51783"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20551"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2097263"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1195124"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25537"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="650730"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299514"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105498"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107811"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137907"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85961"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42445"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30084"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16653"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60537"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73897"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35436"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38312"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68633"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66899"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540382"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47623"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220877"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63919"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156958"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63226"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85977"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29418"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56559"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29014"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41503"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52162"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24306"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27856"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222150"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94385"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30493"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63892"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13268"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57584"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27442"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29471"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139607"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32671"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77895"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29041"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82838"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50343"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33010"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20838"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3977"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5192"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21301"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7807"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2822"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7694"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1861254"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="990981"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22270"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="521201"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228966"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87866"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92589"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111780"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78234"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38768"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28720"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15075"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47817"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64258"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30714"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34260"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55527"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54137"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="527026"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49795"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212897"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57167"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155730"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64043"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84082"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24983"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59099"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29550"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38269"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48390"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20766"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27624"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223860"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100006"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29822"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70184"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12822"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56839"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26566"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27627"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119387"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27764"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65910"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25713"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="722186"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348305"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8067"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177421"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69070"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34734"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35017"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38600"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30872"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15155"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11169"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5612"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15872"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23402"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10997"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13265"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18316"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18157"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231010"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23194"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93939"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23844"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70095"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28446"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36851"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9369"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27482"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13266"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15342"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19972"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7956"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12016"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100028"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47837"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13640"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34197"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5207"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24769"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11002"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11213"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42843"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9282"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24201"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9360"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1096837"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="617020"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13847"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327185"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149279"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51816"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55535"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70555"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45946"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22934"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16504"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9112"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31127"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39652"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19074"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20316"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36347"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34976"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285192"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25422"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114824"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31681"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83143"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33969"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45821"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15180"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30641"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15731"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22140"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27285"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12341"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14944"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119863"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50244"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15361"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34883"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7387"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31261"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15200"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15771"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74762"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17999"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40854"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15909"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42231"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25656"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16595"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10617"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10824"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4134"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3969"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1889741"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1022890"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21610"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556779"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249502"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97098"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94439"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115740"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77166"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38135"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27236"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14604"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48870"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62999"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30073"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34203"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55858"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55357"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="528157"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48897"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216444"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61842"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154602"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63475"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84215"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26790"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57425"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28845"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37527"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48754"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21879"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26875"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222112"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100561"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33681"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66880"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11990"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56004"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25189"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28368"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116582"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26344"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65483"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24755"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="848708"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="420099"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9603"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216819"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89046"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41729"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40223"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45821"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35928"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18011"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13086"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6771"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18613"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27587"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13090"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15581"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22748"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22262"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262490"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25450"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106718"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28228"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78490"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32439"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42647"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12048"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30599"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15058"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17415"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22763"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9278"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13485"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116100"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54692"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17800"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36892"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5888"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28938"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12631"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13951"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50019"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11246"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27582"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11191"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000426"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578104"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11690"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323545"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150235"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53682"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52276"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67352"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40015"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19511"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13580"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7541"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29410"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34245"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16362"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17996"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32286"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31923"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255190"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22201"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106053"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32238"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73815"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29257"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40156"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14238"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25918"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13283"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19363"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24877"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11965"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12912"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102287"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44141"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15132"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29009"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5881"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26323"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12242"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13700"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64845"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14672"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37041"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Non-Irish speakers"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13132"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40607"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24687"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16415"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10221"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10477"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3725"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="B1105"/>
+    <s v="2002 Population Aged 3 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+</pivotCacheRecords>
 </file>