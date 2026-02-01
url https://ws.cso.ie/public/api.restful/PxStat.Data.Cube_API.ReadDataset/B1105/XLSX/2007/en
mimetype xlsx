--- v1 (2025-12-16)
+++ v2 (2026-02-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5fe30fc4acf4b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df040502687b44fe90711c620d0cbf34.psmdcp" Id="R3d84877e548e45f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e679f29e2da4201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9f4246aa817457cbc517194b86c7d70.psmdcp" Id="R795f102335a14f7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>