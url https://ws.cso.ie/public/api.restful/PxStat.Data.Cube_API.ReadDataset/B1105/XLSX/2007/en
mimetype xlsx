--- v2 (2026-02-01)
+++ v3 (2026-03-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e679f29e2da4201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9f4246aa817457cbc517194b86c7d70.psmdcp" Id="R795f102335a14f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcca5e0305d704d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/387f6c2ac17c4415a9085701db2d60ac.psmdcp" Id="R7f0d9fa4d5a341b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>