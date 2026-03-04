--- v0 (2025-11-15)
+++ v1 (2026-03-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5514a640896f4f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54755fd47ec448898949dbb48bdd302b.psmdcp" Id="R05e80b8ce101425e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c8905e9b92b4931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f2f6192db8e4c6090a3ca279b87795e.psmdcp" Id="R6afbbb3f86854f3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1050</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Carers Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1050/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Disability and Carers 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -544,427 +544,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L415" totalsRowShown="0">
   <x:autoFilter ref="A1:L415"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02702V03270"/>
     <x:tableColumn id="6" name="Intermediate Occupational Group"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1237,51 +996,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1050/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1468,51 +1227,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L415"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="55.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17274,51 +17033,51 @@
       <x:c r="I415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L415" s="0">
         <x:v>6063</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17335,51 +17094,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L415" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1050"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Carers Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -17818,27 +17577,5824 @@
         <x:n v="2673"/>
         <x:n v="357"/>
         <x:n v="28695"/>
         <x:n v="1951"/>
         <x:n v="1402"/>
         <x:n v="214"/>
         <x:n v="250"/>
         <x:n v="63907"/>
         <x:n v="3197"/>
         <x:n v="1758"/>
         <x:n v="219"/>
         <x:n v="842"/>
         <x:n v="678334"/>
         <x:n v="38873"/>
         <x:n v="26381"/>
         <x:n v="4449"/>
         <x:n v="1980"/>
         <x:n v="6063"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92079"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6244"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33676"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66834"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7558"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21842"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21107"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55907"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122015"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107454"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4829"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97025"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3915"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149665"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7761"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5435"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167951"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7096"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4768"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61535"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2512"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35643"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51151"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77565"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6080"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11751"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35793"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142280"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7525"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4671"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69519"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5079"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51231"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="162006"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6431"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3699"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641587"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77385"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52387"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4026"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12538"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85255"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5657"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32228"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64718"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16484"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14901"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37140"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119450"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64794"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87580"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24135"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82422"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34442"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24852"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40432"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16818"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19465"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48779"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22015"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22536"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98099"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963253"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38512"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26006"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3985"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6475"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6824"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5358"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6206"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18767"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42660"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9445"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125530"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6824"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4749"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85529"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27093"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10791"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10719"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60747"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5083"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8679"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16328"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93501"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5576"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3475"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47504"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28695"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63907"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678334"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38873"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26381"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4449"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="B1050"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6063"/>
+  </r>
+</pivotCacheRecords>
 </file>