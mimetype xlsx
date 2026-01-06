--- v0 (2025-11-17)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64a29262d20745c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f1553377a2147a480e7d53c4c365419.psmdcp" Id="R53c81fd9182d4d32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d9413a36b854324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d79a9a9fba30417d83dc0b7b4d713fe6.psmdcp" Id="R3261254e030f4830" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1046</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Carers Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1046/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Disability and Carers 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,371 +496,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N811" totalsRowShown="0">
   <x:autoFilter ref="A1:N811"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02704V03272"/>
     <x:tableColumn id="6" name="Principal Economic Status"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="C02738V03306"/>
     <x:tableColumn id="10" name="Regular Unpaid Help"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1135,51 +942,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1046/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1366,51 +1173,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N811"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="50.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="36.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -37088,51 +36895,51 @@
       <x:c r="K811" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L811" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M811" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N811" s="0">
         <x:v>95</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37149,51 +36956,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N811" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1046"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Carers Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="310"/>
         <x:s v="420"/>
         <x:s v="505"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="5">
         <x:s v="All ages"/>
         <x:s v="15 - 24 years"/>
@@ -37876,27 +37683,12988 @@
         <x:n v="1637"/>
         <x:n v="276"/>
         <x:n v="195"/>
         <x:n v="27240"/>
         <x:n v="637"/>
         <x:n v="232"/>
         <x:n v="48"/>
         <x:n v="320"/>
         <x:n v="10559"/>
         <x:n v="16681"/>
         <x:n v="353"/>
         <x:n v="127"/>
         <x:n v="6021"/>
         <x:n v="230"/>
         <x:n v="1378"/>
         <x:n v="54"/>
         <x:n v="4643"/>
         <x:n v="176"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148754"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84862"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15409"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7957"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40526"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57480"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34975"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5862"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13501"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91274"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49887"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9547"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27025"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1641587"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77385"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52387"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4026"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12538"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="963253"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38512"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26006"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3985"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6475"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="678334"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38873"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26381"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4449"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6063"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12424"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8723"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138199"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5412"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87834"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50365"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6669"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5438"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166155"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184619"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3784"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438986"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38241"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15142"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17265"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21353"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417633"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35751"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14486"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15810"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333255"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12707"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5601"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5363"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189282"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7169"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3024"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3136"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143973"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5538"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130255"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67123"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63132"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35572"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14696"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20876"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="641522"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11744"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8698"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325705"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5461"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4054"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315817"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6283"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4644"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246966"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136773"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110193"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13685"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7998"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5687"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29963"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17527"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12436"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="327132"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4696"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155841"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171291"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11564"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10818"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5440"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6772"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1180259"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55921"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34654"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6105"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2946"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12216"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="588308"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21586"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14107"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3911"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="591951"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34335"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20547"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3778"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8305"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="888640"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37325"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25977"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4066"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5382"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="502211"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17984"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12465"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386429"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19341"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13512"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6303"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3798"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65381"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40342"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25039"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20460"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9337"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11123"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151864"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12529"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5551"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10203"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141661"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11555"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5259"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31394"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15279"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16115"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14180"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6224"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7956"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="831993"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64518"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35390"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6860"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18892"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="418952"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23827"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14175"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6031"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="413041"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40691"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21215"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12861"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478386"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34461"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22649"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3823"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6388"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302930"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17498"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11550"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175456"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16963"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11099"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42855"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29965"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12890"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173807"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19651"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7884"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8659"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8814"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164993"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18417"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7589"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7880"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58036"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34151"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23885"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66181"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3162"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38025"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28156"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8599"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436001"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16571"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6120"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8273"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189155"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6606"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246846"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9965"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3481"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5212"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27595"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21339"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6256"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101751"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100161"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5362"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273182"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9034"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="154217"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5318"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2086"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118965"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3716"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27240"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10559"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16681"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6021"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1046"/>
+    <s v="2002 Carers Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="602"/>
+    <s v="Others not in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+</pivotCacheRecords>
 </file>