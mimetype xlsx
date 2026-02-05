--- v0 (2025-11-15)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3238bbf1a9c49de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a968ecc40034161bccafcb97806cfca.psmdcp" Id="R3f7789a4a0cd4b26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f05118bd2d4657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98ef35eb16b94f468f939085fd8b7166.psmdcp" Id="R1e3eb70f3d044227" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1044</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Carers Aged 15 and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1044/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Disability and Carers 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,347 +472,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N526" totalsRowShown="0">
   <x:autoFilter ref="A1:N526"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Detailed Marital Status"/>
     <x:tableColumn id="9" name="C02738V03306"/>
     <x:tableColumn id="10" name="Regular Unpaid Help"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1087,51 +912,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1044/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1318,51 +1143,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N526"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="27.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="23.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="36.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -24500,51 +24325,51 @@
       <x:c r="K526" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L526" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M526" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N526" s="0">
         <x:v>1079</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24561,51 +24386,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N526" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1044"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Carers Aged 15 and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="310"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="7">
@@ -25118,27 +24943,8428 @@
         <x:n v="5212"/>
         <x:n v="1383"/>
         <x:n v="615"/>
         <x:n v="111"/>
         <x:n v="99"/>
         <x:n v="558"/>
         <x:n v="5888"/>
         <x:n v="1661"/>
         <x:n v="414"/>
         <x:n v="288"/>
         <x:n v="3525"/>
         <x:n v="153"/>
         <x:n v="87"/>
         <x:n v="2541"/>
         <x:n v="1118"/>
         <x:n v="199"/>
         <x:n v="145"/>
         <x:n v="1079"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148754"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84862"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15409"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7957"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40526"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40413"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24570"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4570"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8530"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94624"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52827"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9518"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4472"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27807"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7997"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5720"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57480"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34975"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5862"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13501"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18806"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11518"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3799"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35298"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21417"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8888"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91274"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49887"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9547"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27025"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21607"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13052"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4731"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59326"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31410"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6111"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18919"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5566"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4775"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11744"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8698"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11466"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8543"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5461"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4054"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6283"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4644"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6080"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4530"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18477"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11935"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10229"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6747"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7619"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4819"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7448"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5034"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4746"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2554"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11029"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6901"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5483"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3523"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37444"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22719"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4155"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8678"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7825"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4346"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26757"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16711"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6070"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14138"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9073"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9653"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6492"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23306"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13646"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5911"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17104"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10219"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4317"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40961"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23647"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10587"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5876"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2739"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31007"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18500"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3405"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7607"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15194"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9397"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2834"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11153"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7354"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25767"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14250"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7146"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3042"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19854"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11146"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5412"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23557"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11743"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8305"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17955"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9059"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6255"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8633"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4778"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6730"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3885"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14924"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6965"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11225"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5174"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16571"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6120"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8273"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11027"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3592"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6070"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3024"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6606"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5139"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9965"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3481"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5212"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5888"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3525"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B1044"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+</pivotCacheRecords>
 </file>