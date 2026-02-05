--- v0 (2025-11-15)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dd31a66580d4a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e30b57911d442d2b04af03f22d133ef.psmdcp" Id="Re3c55877965d4ca6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f5edbf6f4a4ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93034dfac47c428989a9d0e172b7a985.psmdcp" Id="R19c9da3b774545f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1042</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Carers Aged 15 and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1042/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Disability and Carers 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -658,595 +658,228 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L793" totalsRowShown="0">
   <x:autoFilter ref="A1:L793"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1519,51 +1152,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1042/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1750,51 +1383,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="27.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31920,51 +31553,51 @@
       <x:c r="I793" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J793" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L793" s="0">
         <x:v>388</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31981,51 +31614,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1042"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Carers Aged 15 and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -32862,27 +32495,11116 @@
         <x:n v="363"/>
         <x:n v="2040"/>
         <x:n v="21217"/>
         <x:n v="1317"/>
         <x:n v="653"/>
         <x:n v="147"/>
         <x:n v="64"/>
         <x:n v="453"/>
         <x:n v="52800"/>
         <x:n v="3309"/>
         <x:n v="1518"/>
         <x:n v="361"/>
         <x:n v="231"/>
         <x:n v="20029"/>
         <x:n v="1272"/>
         <x:n v="665"/>
         <x:n v="68"/>
         <x:n v="388"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148754"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84862"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15409"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7957"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40526"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1664380"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76167"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44458"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7581"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3963"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20165"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35951"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="907629"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40720"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24564"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10096"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="415609"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18107"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10262"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4987"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155035"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7636"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5106"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151821"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6940"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4407"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185164"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8037"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125035"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5308"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62260"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45118"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24093"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78746"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3745"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102339"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4792"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48864"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55414"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="90081"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4141"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88850"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4200"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="868992"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43561"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24903"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11814"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80403"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="353997"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17881"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10530"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4592"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101927"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4954"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252070"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12927"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7775"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105813"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5597"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139526"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6926"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3911"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43548"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95978"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4759"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47694"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61730"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79829"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3529"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35577"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44252"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366609"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19341"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10554"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165599"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8362"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55078"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110521"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6089"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20377"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92165"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5091"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42357"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46111"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189794"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9685"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4947"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43655"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105320"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5361"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40819"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57480"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34975"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5862"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13501"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="811578"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28971"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17897"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6739"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18165"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433648"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15426"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9676"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196875"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6978"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4103"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72466"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74310"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89997"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3011"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62701"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31274"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23154"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12187"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38667"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51413"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24647"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27541"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44656"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43525"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431758"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16891"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10365"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40379"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174300"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6885"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4336"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48375"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125925"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4977"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53061"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69297"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20812"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48485"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24096"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31070"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39555"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17182"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22373"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183036"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7831"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4602"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81951"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25553"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56398"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10524"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46271"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21743"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22547"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95748"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22438"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52520"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20790"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91274"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49887"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9547"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27025"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="852802"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47196"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26561"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4812"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13426"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17786"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="473981"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25294"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14888"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6608"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218734"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11129"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6159"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82569"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4835"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77511"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4304"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95167"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62334"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3278"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30986"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21964"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11906"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40079"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50926"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3008"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24217"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27873"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45425"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45325"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437234"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26670"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14538"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7911"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40024"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="179697"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10996"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6194"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3096"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53552"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126145"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7950"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4552"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52752"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70229"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4254"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22736"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47493"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23598"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30660"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40274"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18395"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21879"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183573"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11510"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5952"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3648"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="83648"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5003"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29525"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54123"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9853"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45894"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20614"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23564"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94046"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5898"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21217"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52800"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3309"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20029"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1042"/>
+    <s v="2002 Carers Aged 15 and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+</pivotCacheRecords>
 </file>