--- v1 (2026-02-05)
+++ v2 (2026-03-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f5edbf6f4a4ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93034dfac47c428989a9d0e172b7a985.psmdcp" Id="R19c9da3b774545f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R309f5cfc21f54939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47c21960d0304aefa638d659b9c1e542.psmdcp" Id="Rb90c3bd4bdae4866" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>