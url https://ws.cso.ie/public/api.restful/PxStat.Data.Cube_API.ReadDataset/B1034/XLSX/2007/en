--- v0 (2025-11-05)
+++ v1 (2026-01-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re847915c1e604e72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bed0b114661d4c32a607e1342bba80e8.psmdcp" Id="R0fd34f8e04bc4f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa7c8ce828244325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22747912b0584e7b9fbf8ca62bed0a55.psmdcp" Id="R41be9e1c89d94c98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1034</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population with a Disability in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1034/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Disability and Carers 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -466,339 +466,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L244" totalsRowShown="0">
   <x:autoFilter ref="A1:L244"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1071,51 +896,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1034/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1302,51 +1127,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L244"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10610,51 +10435,51 @@
       <x:c r="I244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L244" s="0">
         <x:v>321792</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10671,51 +10496,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L244" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1034"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population with a Disability in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -11015,27 +10840,3430 @@
         <x:n v="39856"/>
         <x:n v="19705"/>
         <x:n v="4020"/>
         <x:n v="7090"/>
         <x:n v="1357"/>
         <x:n v="2918"/>
         <x:n v="1647"/>
         <x:n v="1866"/>
         <x:n v="78459"/>
         <x:n v="169273"/>
         <x:n v="70891"/>
         <x:n v="17812"/>
         <x:n v="30984"/>
         <x:n v="5635"/>
         <x:n v="10545"/>
         <x:n v="7294"/>
         <x:n v="9358"/>
         <x:n v="321792"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1210769"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1657028"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146703"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271885"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65870"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277206"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43646"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97635"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3770742"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134820"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66659"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16148"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29004"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5141"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12209"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5751"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8686"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278418"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33699"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15321"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3988"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6506"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66582"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76034"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31065"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8867"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15366"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4924"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4242"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146086"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34565"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20398"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4126"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9167"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4214"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2785"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78825"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32697"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12006"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5974"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60152"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49034"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14995"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5000"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8402"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3105"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87397"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75333"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33370"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8096"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14468"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6301"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3913"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147386"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301362"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127155"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33504"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59883"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10311"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22358"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13728"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18127"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="586428"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="602640"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="833850"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72533"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="128658"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32250"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134882"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23465"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48643"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1876921"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62958"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31586"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7902"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14381"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6630"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2825"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4269"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132981"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16603"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8184"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3233"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33691"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32811"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13563"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4081"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7250"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64705"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16838"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10810"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40446"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12692"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4888"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24410"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17668"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32457"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35477"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13665"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7378"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3383"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68927"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132089"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56264"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15692"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28899"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11813"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6434"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8769"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264636"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="608129"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="823178"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74170"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="143227"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33620"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142324"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20181"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48992"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1893821"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71862"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35073"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8246"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14623"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5579"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4417"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145437"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17096"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7137"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32891"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43223"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17502"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4786"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8116"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81381"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17727"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9588"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4201"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38379"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20005"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7118"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35742"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31366"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9841"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4998"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54940"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39856"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19705"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4020"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7090"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78459"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169273"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70891"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Being  purchased from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17812"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30984"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Private rented unfurnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5635"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Private rented furnished or part furnished"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10545"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7294"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9358"/>
+  </r>
+  <r>
+    <s v="B1034"/>
+    <s v="2002 Population with a Disability in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="321792"/>
+  </r>
+</pivotCacheRecords>
 </file>