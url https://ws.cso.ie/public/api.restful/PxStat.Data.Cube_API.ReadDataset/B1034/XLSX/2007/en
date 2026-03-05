--- v1 (2026-01-15)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa7c8ce828244325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22747912b0584e7b9fbf8ca62bed0a55.psmdcp" Id="R41be9e1c89d94c98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f92c04573af42fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6faaaa39470e4b8a9c6f4154ec227c75.psmdcp" Id="R312154d1e80a4946" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>