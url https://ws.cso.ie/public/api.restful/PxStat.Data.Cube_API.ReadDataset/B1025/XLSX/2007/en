--- v0 (2025-11-14)
+++ v1 (2026-02-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8587605e65034497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/064e64027f704b21bc4ab6d59a9e68ed.psmdcp" Id="Rdea8b1a9bf034e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a81a37f8c44bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0f54cbcc3514d179b088cdc0fdb058c.psmdcp" Id="Ref34b0d000954952" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1025</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1025/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Disability and Carers 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -517,387 +517,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02750V03319" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Subject in which Qualification is Held" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L385" totalsRowShown="0">
   <x:autoFilter ref="A1:L385"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02750V03319"/>
     <x:tableColumn id="8" name="Subject in which Qualification is Held"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1170,51 +959,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1025/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1401,51 +1190,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L385"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="127.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16067,51 +15856,51 @@
       <x:c r="I385" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L385" s="0">
         <x:v>29329</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16128,51 +15917,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L385" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -16572,27 +16361,5404 @@
         <x:n v="736"/>
         <x:n v="1172"/>
         <x:n v="167"/>
         <x:n v="8071"/>
         <x:n v="4087"/>
         <x:n v="1353"/>
         <x:n v="1939"/>
         <x:n v="2420"/>
         <x:n v="372"/>
         <x:n v="159"/>
         <x:n v="1018"/>
         <x:n v="195"/>
         <x:n v="8173"/>
         <x:n v="1214"/>
         <x:n v="2731"/>
         <x:n v="4329"/>
         <x:n v="749"/>
         <x:n v="29329"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4437"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4376"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27156"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6602"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13497"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6462"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4743"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6912"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2653"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14320"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3834"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9651"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5463"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8211"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52536"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12613"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5826"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6249"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23207"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14543"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7671"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2813"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4192"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8071"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8173"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2731"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4329"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="B1025"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability (who Attained a Third Level Qualification after Completing 2 or More Years of Study)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29329"/>
+  </r>
+</pivotCacheRecords>
 </file>