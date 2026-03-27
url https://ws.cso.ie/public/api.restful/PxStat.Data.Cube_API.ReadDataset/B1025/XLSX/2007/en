--- v1 (2026-02-01)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a81a37f8c44bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0f54cbcc3514d179b088cdc0fdb058c.psmdcp" Id="Ref34b0d000954952" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2673c5d2e1834e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc829f4df0a54dc691fa5e12ab2f885d.psmdcp" Id="Ra22adc7e923241ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>