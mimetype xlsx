--- v0 (2025-11-05)
+++ v1 (2026-01-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5ba4f0843594da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/283b6a22ac46449a8514b3c2b92f36e5.psmdcp" Id="Rc504fa474d574ad7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea024575b03b4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5847e11ffd9a4e87b9eca179fb13bd9b.psmdcp" Id="Ree9eab7d883d401b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1024</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over with a Disability</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/5/2020 11:00:00 AM</x:t>
+    <x:t>05/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1024/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Disability and Carers 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -475,355 +475,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L298" totalsRowShown="0">
   <x:autoFilter ref="A1:L298"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Type of Disability"/>
     <x:tableColumn id="7" name="C02757V03327"/>
     <x:tableColumn id="8" name="Highest Level of Education Completed"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1096,51 +909,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1024/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1327,51 +1140,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L298"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="51.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="44.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12687,51 +12500,51 @@
       <x:c r="I298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L298" s="0">
         <x:v>12124</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12748,51 +12561,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L298" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="B1024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over with a Disability"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -13149,27 +12962,4186 @@
         <x:n v="15378"/>
         <x:n v="3592"/>
         <x:n v="4614"/>
         <x:n v="8652"/>
         <x:n v="4395"/>
         <x:n v="1521"/>
         <x:n v="2874"/>
         <x:n v="411461"/>
         <x:n v="391592"/>
         <x:n v="191644"/>
         <x:n v="66927"/>
         <x:n v="55741"/>
         <x:n v="12615"/>
         <x:n v="17137"/>
         <x:n v="47528"/>
         <x:n v="19869"/>
         <x:n v="7745"/>
         <x:n v="12124"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2622458"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552220"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="565433"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="724099"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="250429"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="396408"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133869"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467317"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350774"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116543"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="306396"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286331"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="132587"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53915"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46582"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11602"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16059"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25586"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20065"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9197"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10868"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74270"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69754"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33362"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11873"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10394"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4139"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7231"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4516"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="170812"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163369"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="79564"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28414"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24475"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5799"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8068"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17049"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7443"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4924"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94346"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85603"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42387"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13631"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11532"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3805"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11466"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8743"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3985"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82422"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78557"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41758"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10770"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9226"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3032"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11902"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3865"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118142"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="111501"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60411"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16222"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13217"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4337"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14653"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6641"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4133"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="181270"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="172060"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82771"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32811"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27203"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6237"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8372"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14666"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9210"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5937"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="721262"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="680844"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="340253"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113721"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="96047"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22103"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31753"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="76967"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40418"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16589"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23829"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1299346"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287337"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="292951"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="350724"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113447"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="192314"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62573"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="222774"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="166155"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56619"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="140879"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="130552"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62386"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23833"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20890"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5251"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7753"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10439"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10327"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4926"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35767"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33505"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16115"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5610"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2901"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="72760"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="69258"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34707"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11651"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10359"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2442"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6402"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43488"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38622"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19657"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6186"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4552"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4866"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31530"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29642"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16294"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43626"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40410"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22628"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5251"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5296"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="82630"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="77815"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39208"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14365"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11825"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6014"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="309801"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="289252"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="148609"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46794"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40306"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9488"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14616"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29439"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20549"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8844"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11705"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1323112"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="264883"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="272482"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="373375"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="136982"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="204094"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71296"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244543"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="184619"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="59924"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165517"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="155779"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70201"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30082"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25692"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6351"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8306"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15147"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9738"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38503"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36249"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17247"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6263"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5200"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98052"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94111"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44857"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16763"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14116"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3357"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10647"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50858"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46981"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22730"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7445"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6367"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6914"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3877"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50892"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="48915"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25464"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7039"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5934"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7628"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="74516"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71091"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37783"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10971"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8746"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9357"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="98640"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="94245"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43563"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18446"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15378"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3592"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4614"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8652"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="411461"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="391592"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="191644"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="66927"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="55741"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12615"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17137"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47528"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19869"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7745"/>
+  </r>
+  <r>
+    <s v="B1024"/>
+    <s v="2002 Population Aged 15 Years and Over with a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12124"/>
+  </r>
+</pivotCacheRecords>
 </file>