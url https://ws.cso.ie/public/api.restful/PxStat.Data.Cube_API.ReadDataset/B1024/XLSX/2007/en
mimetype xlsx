--- v1 (2026-01-13)
+++ v2 (2026-03-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea024575b03b4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5847e11ffd9a4e87b9eca179fb13bd9b.psmdcp" Id="Ree9eab7d883d401b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021323cded3b432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7221b2feca3402faaa53a7c9b3a7fd5.psmdcp" Id="Rff8b4a3acab44d20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>