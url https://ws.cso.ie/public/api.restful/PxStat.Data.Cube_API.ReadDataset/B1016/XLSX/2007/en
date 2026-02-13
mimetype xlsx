--- v0 (2025-10-25)
+++ v1 (2026-02-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4bade20782a4a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9eabfbba21234963bdb22b2dadc2777b.psmdcp" Id="Rcf6e7c0c2bad48c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c1518f41c42468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e1681aa6f0345b592b0b7ff401bc958.psmdcp" Id="Rfc1da6f088cb4c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>B1016</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over with a Disability in Employment (ILO) by Average Hours Worked in the Week before Census Day</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1016/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002P10</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 10 - Disability and Carers 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -475,315 +475,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Disability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J241" totalsRowShown="0">
   <x:autoFilter ref="A1:J241"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02686V03253"/>
     <x:tableColumn id="4" name="Type of Disability"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1054,51 +891,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/B1016/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1285,51 +1122,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J241"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="65.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -9031,51 +8868,51 @@
       <x:c r="G241" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J241" s="0">
         <x:v>5213</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9092,51 +8929,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J241" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02686V03253">
       <x:sharedItems count="8">
         <x:s v="-1"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="061"/>
@@ -9419,27 +9256,2908 @@
         <x:n v="27.3"/>
         <x:n v="735"/>
         <x:n v="1076"/>
         <x:n v="1153"/>
         <x:n v="473"/>
         <x:n v="1026"/>
         <x:n v="704"/>
         <x:n v="483"/>
         <x:n v="1290"/>
         <x:n v="32093"/>
         <x:n v="3197"/>
         <x:n v="4686"/>
         <x:n v="5345"/>
         <x:n v="2243"/>
         <x:n v="5387"/>
         <x:n v="3636"/>
         <x:n v="2386"/>
         <x:n v="5213"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="51383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="3237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="5371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="6452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="9267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="8891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="9031"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6338"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="15713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="19973"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="3070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="13607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="5177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="8309"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="17679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="80458"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="5880"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="8799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="10434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="4703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="13217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="12413"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="12275"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12737"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="31281"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="5582"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="6331"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3746"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="10313"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="11670"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="8157"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="4527"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="10739"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48365"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="4113"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="5089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2460"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="7830"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="8777"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="9889"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7524"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20102"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="3025"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3685"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="5400"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Blindness, deafness, or a severe vision or hearing impairment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="8303"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="5450"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3782"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="6940"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="Difficulty in working at a job or business"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="32093"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C2"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C3"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="4686"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C4"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="5345"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C5"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C6"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="5387"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C7"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C8"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="B1016C9"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5213"/>
+  </r>
+</pivotCacheRecords>
 </file>